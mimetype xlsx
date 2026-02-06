--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -10,62 +10,65 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Siirtoja\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{89C79276-A7ED-4988-9699-8A7200005180}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{721D0BE0-09B1-483C-92DA-755A485CCBC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{04746288-CF72-41AB-8C35-087C5C05593D}"/>
+    <workbookView xWindow="-27930" yWindow="150" windowWidth="25170" windowHeight="15000" xr2:uid="{04746288-CF72-41AB-8C35-087C5C05593D}"/>
   </bookViews>
   <sheets>
     <sheet name="Saate" sheetId="5" r:id="rId1"/>
     <sheet name="Tehtävät" sheetId="6" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="127">
   <si>
     <t>Liittyjänä yksityinen palvelunantaja</t>
   </si>
   <si>
     <t xml:space="preserve">Tehtävä </t>
   </si>
   <si>
     <t>Aikataulu</t>
   </si>
   <si>
     <t>Vastuu</t>
   </si>
   <si>
     <t>Osallistujat</t>
   </si>
   <si>
     <t>Kommentit ja palautteet Sosiaalihuollon asiakastietovarannon käyttöönoton tehtävätaulukosta pyydetään lähettämään osoitteeseen kanta(at)kanta.fi</t>
   </si>
@@ -340,255 +343,234 @@
   <si>
     <t>https://www.kanta.fi/ammattilaiset/asiakkuus-ja-tuki</t>
   </si>
   <si>
     <t>Halutessasi voit käyttää näitä kenttiä käyttöönoton tehtävien edistymisen seurantaan. Voit tarvittaessa myös lisätä sarakkeita.</t>
   </si>
   <si>
     <t>Tehtävän edistyminen</t>
   </si>
   <si>
     <t>Organisaation tehtävä, THL ohjaa</t>
   </si>
   <si>
     <t>Sosiaalihuollossa ei ole kansallista ratkaisua opiskelijoiden tai sijaisten kortittamiseen. Organisaatioon tulee laatia oma ohjeistus siitä, miten opiskelijat ja sijaiset kirjaavat asiakastietoja järjestelmään. Usein sijaiset saavat organisaation kautta DVV:n henkilöstökortit työsuhteensa ajalle, mutta tämä jää organisaation ratkaistavaksi.</t>
   </si>
   <si>
     <t>Perehdy Kannan liittymismalleihin</t>
   </si>
   <si>
     <t>Varmennekortit sijaistyövoimalle ja opiskelijoille</t>
   </si>
   <si>
     <t>Organisaation ja asiakastietojärjestelmän toimittajan välisten sopimusten tarkistaminen ja päivittäminen</t>
   </si>
   <si>
-    <t>Tee sekä ensimmäiseen käyttöönottoon että käytön laajentamiseen ilmoittautuminen kanta.fi-sivulla Näin otat Sosiaalihuollon asiakastietovarannon käyttöön.</t>
-[...1 lines deleted...]
-  <si>
     <t>Kanta-palvelut tarjoaa sosiaalhuollon ammattilaisille koulutusta Kanta-palveluista ja niiden käytöstä. Tapahtumia ja koulutuksia sekä aiemmin järjestettyjen koulutusten materiaaleja löytyy kanta.fi:n tapahtumakalenterista. Käyttöönoton ohjaustunnit on tarkoitettu Sosiaalihuollon asiakastietovarannon käyttöä aloittaville yksityisille palvelunantajille. Tutustu etukäteen Sosiaalihuollon asiakastietovarannon käyttöönoton ohjeisiin ja Sosiaalihuollon asiakastietovarannon toimintatavat -verkkokouluun. Tutustu myös THL:n järjestämiin tilaisuuksiin THL:n tapahtumakalenterissa.</t>
   </si>
   <si>
     <t>Kun käytössä on Yhteisliittymismalli tai Rinnakkaisliittymismalli</t>
   </si>
   <si>
     <t>Käytössä olevan asiakastietojärjestelmän koulutukset, koulutus muutosten ja päivitysten yhteydessä, Kantan tallentaminen, Kannasta hakeminen.</t>
   </si>
   <si>
     <t>Koulutus asiakastietojärjestelmän käytöstä</t>
-  </si>
-[...1 lines deleted...]
-    <t>Määriteltävä, kuka organisaatiossa toimii sosiaalihuollon Kanta-arkistonhoitajana. Arkistonhoitajan käyttöliittymän ohjeistus löytyy kanta.fi-sivulta Arkistonhoitajan käyttöliittymä. Jos yksityinen palvelunantaja toimii vain palveluntuottajan roolissa eli tuottaa kaikki asiakkaiden palvelut toisen palvelunjärjestäjän lukuun, jolloin palvelunantajalle ei tallennu Kantaan omaa asiakasrekisteriä, ei arkistonhoitajalla ole käytännön tehtäviä Arkistonhoitajan käyttöliittymässä. Käyttöoikeuden Arkistonhoitajan käyttöliittymään organisaatio antaa Suomi.fi-valtuudella. Kanta-arkistonhoitajan yhteystiedot ilmoitetaan Kanta-Ekstranetissä Sosiaalihuollon asiakastietovarannon käyttöönottohakemuksella. Käyttöoikeuden Arkistonhoitajan käyttöliittymään organisaatio antaa Suomi.fi-valtuudella.</t>
   </si>
   <si>
     <t>Kanta Ekstranetin käyttäminen</t>
   </si>
   <si>
     <t>Kanta-palvelujen asiakkuuden hakeminen; käyttöönottotietojen antaminen, Kanta sitoumuksen ja palvelukuvauksen hyväksyminen</t>
   </si>
   <si>
     <t xml:space="preserve">Ennen tuotannon käyttöönottokoetta voi testata, että Kanta-arkistonhoitajaksi valtuutetttu henkilö pääsee Arkistonhoitajan käyttöliittymään.
 Jos yksityinen palvelunantaja toimii vain palveluntuottajan roolissa eli tuottaa kaikki asiakkaiden palvelut toisen palvelunjärjestäjän lukuun, palvelunantajalle ei tallennu Kantaan omaa asiakasrekisteriä. </t>
   </si>
   <si>
     <t>Käyttöönottokoe tehdään aina Kelan antamalla testihenkilötunnuksella, jonka järjestelmätoimittaja saa Kelalta. Käyttöönottokokeessa käytetään Kelan laatimia testitapauksia. Kokeessa käytettyjen asiakirjojen tallentuminen tarkistetaan Arkistonhoitajan käyttöliittymän avulla. Käyttöönottokokeen tarkemmat ohjeet löytyvät kanta.fi-sivulta Näin otat Sosiaalihuollon asiakastietovarannon käyttöön.</t>
   </si>
   <si>
     <t>Raportti onnistuneesta käyttöönottokokeesta toimitetaan Kelaan. Käyttöönottokokeen raporttilomake löytyy kanta.fi-sivulta Näin otat Sosiaalihuollon asiakastietovarannon käyttöön.</t>
   </si>
   <si>
     <t>On organisaation vastuulla sopia käytänteet erilaisten virhe- ja häriötilanteiden varalla. Huolehdi, että kaikki organisaatiossasi tietävät sovitut käytänteet. Seuraa erilaisia tiedotteita kanta.fi:n sivulla Ajankohtaista ja tutustu häiriötilanneohjeisiin kanta.fi:n sivulla Toiminta häiriötilanteessa.</t>
   </si>
   <si>
     <t>Kanta Ekstranet -palveluun kirjaudutaan DVV:n Suomi.fi-tunnistautumisella. Jokaisella organisaatiossa Kanta Ekstranetiä käyttävällä tulee olla käytössään vahva tunnistautumisväline eli henkilökohtaiset pankkitunnukset, mobiilivarmenne tai varmennekortti. Jos yksityinen palvelunantaja käyttää Kanta-palveluja rinnakkaisliittymismallilla tai yhteisliittymismallilla, palvelunantaja ei asioi itse lainkaan Kanta Ekstanetissä. Kanta Ekstranetin ohje löytyy kanta.fi-sivulta Kanta Ekstranet.</t>
   </si>
   <si>
     <t>Sosiaalihuollon asiakastietovarannon käyttöönoton tehtävätaulukko yksityisille palveluntantajille</t>
   </si>
   <si>
     <t>THL:n rakenteisen kirjaamisen tuen tilaisuudet ja materiaalit THL:n verkkosivuilla Sosiaalihuollon kirjaamisohjeet. THL:n ylläpitämä Sosiaalihuollon kirjaamisen peruskurssi eOppivassa.</t>
   </si>
   <si>
+    <t>Henkilötietojen ja asiakasasiakirjojen käsittelyyn liittyvät periaatteet, sisältää varmenteen sisältävän toimikortin käytön periaatteiden koulutuksen.</t>
+  </si>
+  <si>
+    <t>Kela antaa käyttöönottokokeen vaatimukset ja ohjeet. Hyödynnä kanta.fi-sivujen ohjeistuksia. Käyttöönottokokeella varmistetaan, että tuotantotoiminnan vaatimat, paikallisesti tehdyt konfiguraatiot, toimivat suunnitellulla tavalla tuotantoympäristössä. 
+Mikäli yksityinen palvelunantaja tuottaa asiakkaan kanssa tehtävään sopimukseen perustuvaa yksityistä sosiaalipalvelua eli toimii itse palvelussa syntyvien tietojen rekisterinpitäjänä, tulee sen suorittaa Sosiaalihuollon asiakastietovarantoon liittymistä koskeva käyttöönottokoe.
+Jos yksityinen tuottaa palvelua myös toisen palvelunjärjestäjän lukuun esim. osto-tai palvelusetelipalveluna, tulee sen tarvittaessa tehdä myös rekisterinkäyttöoikeuden käyttöönottokoe yhteistyössä palvelunjärjestäjän kanssa. Palvelunjärjestäjä voi olla julkinen tai yksityinen organisaatio.
+Rekisterinkäyttöoikeuden käyttöönottokoe on suoritettava silloin, kun palveluntuottajalla käytössä olevalla järjestelmällä ei ole aiemmin tallennettu asiakirjoja kyseisen palvelunjärjestäjän asiakasrekisteriin. Palvelunjärjestäjän tulee huolehtia siitä, että tarvittavat käyttöönottokokeet on tehty hallitsemansa asiakasrekisterin asianmukaista käyttämistä varten.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Huomioithan, ettei taulukon esittämisjärjestys ole suoraan tehtävien toteuttamisjärjestys. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Organisaatiosta riippuen tehtäviä tehdään tarpeen mukaan.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Organisaatio ja järjestelmätoimittaja tekevät yhteistyössä, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>THL ohjaa</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanta.fi-sivusto
+Kanta-verkkokoulut: Sosiaalihuollon asiakastietovarannon toimintatavat, Alaikäinen asiakkaana sosiaali- ja terveydenhuollossa sekä Sosiaali- ja terveydenhuollon tietojen luovuttaminen.
+</t>
+  </si>
+  <si>
+    <t>Kanta-verkkokoulu Sosiaali- ja terveydenhuollon tietojen luovuttaminen. Luovutustenhallinnan kokonaisuudella tarkoitetaan Kanta-informoinnin ja tahdonilmaisujen (tietojen luovuttamista koskeva luovutuslupa ja kiellot) käsittelyä sekä tietojen luovuttamiseen perustuvaa tietojen hakemista Kannasta. Lisätietoa löydät kanta.fi-sivuilta Tietojen luovuttaminen.</t>
+  </si>
+  <si>
+    <t>Käyttöönottojen tuki</t>
+  </si>
+  <si>
+    <t>Yksityisten palvelunantajien Kanta-käyttöönoton tueksi tehty tehtävätaulukko noudattalee kanta.fi-sivuston Sosiaalihuollon asiakastietovarannon käyttöönottoprosessin vaiheita. Huomioithan, että tehtävätaulukon tehtävät ovat ohjeellisia ja organisaatiolla voi olla myös tehtäviä, joita ei ole listattu taulukkoon. Tehtävät toimenpiteet riippuvat mm. organisaation ja sen käytössä olevan asiakastietojärjestelmän Kanta-valmiudesta. Lisäksi tehtävät riippuvat siitä, millä liittymismallilla organisaatio ottaa käyttöön Sosiaalihuollon asiakastietovarannon.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanta-palveluissa käytössä olevia varmennekortteja ovat: Sote-ammattikortti, henkilöstökortti, toimijakortti ja varakortti. Sote-varmennekortti on saatavissa ainoastaan rekisteröityjen ammattihenkilöiden käyttöön, muu henkilöstö voi käyttää henkilöstökorttia tai toimijakorttia. Varmennekorttien hankkimisesta ohjeistetaan DVV:n sivuilla: https://dvv.fi/varmenteet.  
+Lähtökohtaisesti tietojen käsittelyn yhteydessä tulee käyttää varmennekortteja, mutta on tunnistettu joitakin tilanteita, joissa varmennekortin välttämättömyydestä voi joustaa. 
+Varmenteiden käyttöä sosiaalihuollon asiakastietojen käsittelyssä on kuvattu Kanta-palvelujen käsikirjassa sosiaalihuollon toimijoille luvussa 13.5 Toimikortit ja varmenteet. </t>
+  </si>
+  <si>
+    <t>Varmista tietojärjestelmätoimittajaltasi, että organisaatiosi käytössä oleva asiakastietojärjestelmä on Kanta-yhteensopiva Sosiaalihuollon asiakastietovarannon kanssa. Potilastietojärjestelmällä ei voi liittyä Sosiaalihuollon asiakastietovarannon käyttäjäksi. 1.9.2026 käytössä tulee olla asiakastietolain liittymisvelvoitteen mukainen asiakastietojärjestelmä. Tietojärjestelmätoimittajan pitää huolehtia siitä, että järjestelmä on asiakastietolain liittymisvelvoitteen mukainen. Tietojärjestelmän vaatimukset löytyvät järjestelmäkehittäjien osuudesta kanta.fi-sivulta Sosiaalihuollon asiakastietovarannon määritellyt. Kannattaa kuitenkin varmistaa, että järjestelmässä on käytössä tarvitsemasi toiminnallisuudet, esimerkiksi rekisterinkäyttöoikeus, tietojen luovuttamisen edellytykset ja sellaiset asiakasasiakirjat, joita organisaatiosi palveluissa on tarpeen käyttää asiakastietojen kirjaamiseen.</t>
+  </si>
+  <si>
+    <t>Työntekijöiden käyttöoikeudet pitää määritellä Sosiaali- ja terveysministeriön sosiaali- ja terveydenhuollon asiakastietojen käsittelyä koskevan asetuksen mukaisesti. Asetuksen soveltamista on ohjeistettu Käyttöoikeusasetuksen soveltamisohjeessa (STM ja THL). Käyttöoikeuksien hallinnoimiseksi organisaatioon on hyvä sopia omat toimintamallit. Lain mukaan palvelunantajan on pidettävä rekisteriä asiakastietojen käsittelyssä käytettävien tietojärjestelmiensä ja asiakasrekisteriensä käyttäjistä sekä näiden oikeuksista käyttää asiakastietoja.
+On hyvä huomioida, että jos palvelunantaja antaa sosiaalipalveluja sekä itse maksaville asialle että esimerkiksi hyvinvointialueen ostopalveluna, työntekijöiden käyttöoikeudet eivät välttämättä ole samat molemmissa käyttötapauksissa. Kun palveluntuottaja toimii toisen palvelunjärjestäjän lukuun, palveluntuottajan työntekijät toimivat pääsääntöisesti palvelun toteutuksen työtehtävissä.
+Lisätietoa saat myös STM:n Sosiaali- ja terveydenhuollon käyttöoikeussääntelyn soveltamisohjeesta.</t>
+  </si>
+  <si>
+    <t>Asetuksen mukaisesti työtehtävän perusteella määritellyt käyttöoikeudet tulee toteuttaa käytössä olevaan tietojärjestelmään. Lisäksi työntekijät kytketään asiakastietojärjestelmässä SOTE-organisaatiorekisterin mukaisiin palveluyksiköihin.</t>
+  </si>
+  <si>
+    <t>Kun palveluntuottaja toimii palvelunjärjestäjän lukuun, on se vastuussa käyttöoikeuksien määrittelystä asiakastietolain ja palvelunjärjestäjän kanssa tehdyn toimeksiantosopimuksen mukaisesti.</t>
+  </si>
+  <si>
+    <t>Tutustu kanta.fi:n sisältöihin ja ohjeistuksiin myös erilaisten Kannan käyttöä koskevian muutosten osalta. Kanta.fi-sivulta Muutostilanteet löytyvät ohjeet teknisiin muutoksiin, esim. Kanta liityntäpisteet. Ohjeistukset käytön laajentamiseen löydät kanta.fi-sivulta Sosiaalihuollon asiakastietovarannon toiminnallisuudet.</t>
+  </si>
+  <si>
+    <t>Organisaatio päättää yhdessä järjestelmätoimittajan kanssa seurannan toimintamalleista. Seurantaa voivat esimerkiksi toteuttaa Kanta-arkistonhoitaja, sovellustuki ja työyksiköiden arkistointiyhteyshenkilöt. Organisaatiossa on sovittava, tietoturvan- ja suojatason varmistamisesta, lokiseurannasta ja henkilöstön osaamisen ylläpitämisestä.</t>
+  </si>
+  <si>
+    <t>Asiakastietolain mukaan sosiaali- ja terveydenhuollon palvelunantajan on liityttävä Kanta-palvelujen käyttäjäksi, jos asiakkaiden tietoja käsitellään sähköisessä asiakas- tai potilastietojärjestelmässä. Jos palvelunantaja tuottaa palveluja jonkun toisen palvelunantajan lukuun, esim. hyvinvointialueen osto- tai palvelusetelipalveluna, tulee selvittää myös mahdolliset velvoitteet palveluja hankkivalta taholta.</t>
+  </si>
+  <si>
+    <t>Valtakunnallisten tietojärjestelmäpalvelujen käyttömaksuilla katetaan Kelan Kanta-palvelujen tuottamisesta aiheutuvat käyttökustannukset sekä Digi- ja väestötietoviraston tuottamat varmennepalvelut. Käyttömaksun perimisestä sekä sen suuruudesta säädetään sosiaali- ja terveysministeriön asetuksella sosiaali- ja terveydenhuollon valtakunnallisten tietojärjestelmäpalvelujen käyttömaksuista. Lisätietoja löytyy kanta.fi:n sivulta Käyttömaksut.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Liittymismallilla tarkoitetaan hallinnollista mallia, jolla yritys liittyy Kanta-palvelujen käyttäjäksi. Yksityisellä palvelunantajalla on useampia liittymismalleja, joista valita organisaatiolle sopivin. Liitymmekö suoraliittymismallilla omassa käytössä olevalla järjestelmällä? Onko mahdollista käyttää hyvinvointialueen tietojärjestelmää (Rinnakkaisliittymismalli) tai tehdä yhteinen liittyminen muiden yksityisten palvelunantajien kanssa (Yhteisliittymismalli)? Lisätietoja löytyy kanta.fi:n sivulta Liittymismallit. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taulukossa olevat tiedot eivät ole tehtävien konkreettisessa toteuttamisjärjestyksessä vaan palvelunantaja voi toteuttaa tarvittavat tehtävät omalle organisaatiolleen sopivasssa järjestyksessä. Taulukkoa voi muokata omiin tarpeisiin sopivaksi, kun tallentaa tiedoston omalle tietokoneelleen.  </t>
+  </si>
+  <si>
+    <t>Päivitetty 29.12.2025</t>
+  </si>
+  <si>
     <t>Organisaation tulee huolehtia riittävästä henkilöstön perehdyttämisestä. THL ja Kanta-palvelut tarjoavat materiaalia ja esimerkiksi verkkokouluja, joita henkilöstön koulutuksissa voi hyödyntää. Ne eivät kuitenkin yksin riitä, vaan organisaation tulee huolehtia kansallisten ohjeiden soveltamisesta organisaation toimintaan.
-Huomioitavia asioita esimerkiksi: asiakastietolaki, kansalliset palveluprosessit ja palvelutehtävät, Kanta-palvelut, sosiaalihuollon käytettävät asiakasasiakirjat ja niiden kirjaaminen, tietojen näkyminen kansalaisille OmaKannassa sekä asiakastietojen luovuttaninen palvelunantajien/rekisterinpitäjien välillä.</t>
-[...2 lines deleted...]
-    <t>Henkilötietojen ja asiakasasiakirjojen käsittelyyn liittyvät periaatteet, sisältää varmenteen sisältävän toimikortin käytön periaatteiden koulutuksen.</t>
+Huomioitavia asioita esimerkiksi: asiakastietolaki, kansalliset palveluprosessit ja palvelutehtävät, Kanta-palvelut, sosiaalihuollon käytettävät asiakasasiakirjat ja niiden kirjaaminen, tietojen näkyminen kansalaisille OmaKannassa sekä asiakastietojen luovuttaminen palvelunantajien/rekisterinpitäjien välillä.</t>
+  </si>
+  <si>
+    <t>Sosiaalihuollon asiakastietovarannon käyttöönotto edellyttää toiminnan, asiakastietojärjestelmän ja kansallisten määritysten yhteensovittamista. Muutosten suunnittelemiseksi ja toteuttamiseksi toiminnan nykytila on tunnettava riittävän hyvin ja toiminta määriteltävä uudelleen kansallisia määrityksiä käyttäen. Organisaatiossa tulee tunnistaa, että oma palvelutuotanto  vastaa kansallisia määrityksiä: palvelutehtäviä, sosiaalipalveluja ja palveluprosesseja. Tarvittaessa, jos palvelutuotanto toteutaan toisen palvelunjärjestäjän lukuun, palvelutehtävien ja tuotettavien sosiaalipalvelujen tunnistamisessa kannattaa kysyä ohjausta palvelua hankkivalta palvelunjärjestäjältä. Apuna kannattaa käyttää mm. THL:n Sosmeta-palvelua ja Kanta-palvelujen käsikirjaa sosiaalihuollon toimijoille sekä Sosiaalihuoltolakia ja STM:n Sosiaalihuoltolain soveltamisopasta.</t>
+  </si>
+  <si>
+    <t>Palvelunjärjestäjän ja yksityisen palvelunantajan oman palvelutuotannon asiakastiedot on eroteltava eri rekistereihin. Jos yksityinen organisaatio toimii palveluntuottajana toisen palvelunjärjestäjän lukuun eli tuottaa esim. osto- tai palvelusetelipalveluja, kaikki kyseisissä palveluissa syntyneet asiakirjat kuuluuvat palvelunjärjestäjän asiakasrekisteriin. Tiedot tallennetaan tällöin Sosiaalihuollon asiakastietovarannon Rekisterinkäyttö-toiminnallisuudella. Palvelunjärjestäjän rekisteriin kuuluvat tiedot tulee tallentaa suoraan oikean rekisterinpitäjän asiakasrekisteriin, niitä ei saa edes väliaikaisesti tallentaa palveluntuottajan asiakasrekisteriin.</t>
+  </si>
+  <si>
+    <t>Yksityisten palvelunantajien rekisteröintitiedot välitetään Soteri-rekisteristä kansalliseen koodistopalveluun SOTE-organisaatiorekisteriin. Kanta-palveluissa organisaation tiedot näkyvät SOTE-organisaatiorekisteritiedon mukaisesti. SOTE-rekisterissä Toimintayksikkö on organisaation ylin taso, joka toimii Kanta-liityjänä. SOTE-rekisterin Palveluyksikkö-tiedon mukaan määrittyy esimerkiksi rekisterinkäyttöoikeus. Organisaatio voi tarkistaa tiedot THL:n ylläpitämästä SOTE-organisaatiorekisteristä. HUOM: SOTE-organisaatiorekisterissä olevat palveluyksiköt muodostuvat Soteriin ilmoitetuista palvelupisteistä. Jos organisaation rekisteröintitiedoissa on korjattavaa tai kysyttävää, löytyvät toimintaohjeet Lupa- ja valvontaviraston nettisivuilta Soteri ja rekisteröinnit.</t>
+  </si>
+  <si>
+    <t>Tee käyttöönottoon ilmoittautuminen kanta.fi-sivulla Näin otat Sosiaalihuollon asiakastietovarannon käyttöön.</t>
+  </si>
+  <si>
+    <t>Määriteltävä, kuka organisaatiossa toimii sosiaalihuollon Kanta-arkistonhoitajana. Arkistonhoitajan käyttöliittymän ohjeistus löytyy kanta.fi-sivulta Arkistonhoitajan käyttöliittymä. Jos yksityinen palvelunantaja toimii vain palveluntuottajan roolissa eli tuottaa kaikki asiakkaiden palvelut toisen palvelunjärjestäjän lukuun, jolloin palvelunantajalle ei tallennu Kantaan omaa asiakasrekisteriä, ei arkistonhoitajalla ole käytännön tehtäviä Arkistonhoitajan käyttöliittymässä.  Kanta-arkistonhoitajan yhteystiedot ilmoitetaan Kanta-Ekstranetissä Sosiaalihuollon asiakastietovarannon käyttöönottohakemuksella. Käyttöoikeuden Arkistonhoitajan käyttöliittymään organisaatio antaa Suomi.fi-valtuudella.</t>
   </si>
   <si>
     <r>
-      <t>Tee Kanta-palvelun asiakkuuden hakemus Kanta Ekstranetissä, kun käyttöönotto on 2-4 viikon päässä. Kanta-palvelujen asiakkuus muodostuu ensimmäisen Kanta-palvelun käyttöönoton yhteydessä.</t>
+      <t>Tee Kanta-palvelun asiakkuuden hakemus Kanta Ekstranetissä. Kanta-palvelujen asiakkuus muodostuu ensimmäisen Kanta-palvelun käyttöönoton yhteydessä.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> Jos yksityinen palvelunantaja käyttää Kanta-palveluja rinnakkaisliittymismallilla tai yhteisliittymismallilla, ei kyseinen palvelunantaja tee hakemusta Sosiaalihuollon asiakastietovarantoon.</t>
+      <t xml:space="preserve"> Jos yksityinen palvelunantaja käyttää Kanta-palveluja rinnakkaisliittymismallilla tai yhteisliittymismallilla, ei kyseinen palvelunantaja tee hakemusta Sosiaalihuollon asiakastietovarantoon. Jos organisaatiosi käytössä olevaa asiakastietojärjestelmää ei ole Ekstranetin hakemukselle valittavissa, tiedustele järjestelmätoimittajaltasi mikä (Kantaan tietoja integroiva) järjestelmä hakemukselle valitaan.</t>
     </r>
   </si>
   <si>
-    <t>Kela antaa käyttöönottokokeen vaatimukset ja ohjeet. Hyödynnä kanta.fi-sivujen ohjeistuksia. Käyttöönottokokeella varmistetaan, että tuotantotoiminnan vaatimat, paikallisesti tehdyt konfiguraatiot, toimivat suunnitellulla tavalla tuotantoympäristössä. 
-[...118 lines deleted...]
-    <t xml:space="preserve">Taulukossa olevat tiedot eivät ole tehtävien konkreettisessa toteuttamisjärjestyksessä vaan palvelunantaja voi toteuttaa tarvittavat tehtävät omalle organisaatiolleen sopivasssa järjestyksessä. Taulukkoa voi muokata omiin tarpeisiin sopivaksi, kun tallentaa tiedoston omalle tietokoneelleen.  </t>
+    <t>Oman organisaation tietojärjestelmätilanteen arviointi. Onko organisaatiolla jo käytössä asiakastietojärjestelmä tai onko sellainen tarve hankkia? Mitkä ovat meidän organisaatiomme tarpeet asiakastietojärjestelmälle? Onko asiakastietojärjestelmällämme mahdollista liittyä suoraan Kantaan vai tarvitaanko tietoja välittävä järjestelmä? Tuotammeko palveluja toisen palvelunantajan, esim. hyvinvointialueen lukuun? Keskustele näistä asioista järjestelmätoimittajan kanssa. Kannattaa myös keskustella samassa tilanteessa olevien palveluntuottajien kanssa. Kuinka paljon tarvitaan aikaa järjestelmän käyttöönottoon tai mahdollisten muutosten tekemiseen? Mikäli tuotat palvelua hyvinvointialueelle tai -alueille, keskustele palvelunjärjestäjän kanssa Kannan liittymismallivaihtoehdoista ja tuotettavista palveluista. Jos tarvitsee hankkia uusi asiakastietojärjestelmä, niin Sosiaalihuollon asiakastietovarannon kanssa yhteensopivat järjestelmät löytyvät Lupa- ja valvontaviraston Astori-rekisteristä.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
@@ -771,57 +753,50 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF005064"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -1458,163 +1433,163 @@
     </xf>
     <xf numFmtId="14" fontId="20" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="20" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="20" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="20" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="20" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="24" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="24" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="20" fillId="3" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="25" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="24" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="24" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="24" fillId="4" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="20" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="20" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Huomautus" xfId="1" builtinId="10"/>
     <cellStyle name="Hyperlinkki" xfId="2" builtinId="8"/>
     <cellStyle name="Normaali" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005064"/>
       <color rgb="FF42397D"/>
       <color rgb="FF0094B3"/>
       <color rgb="FF70AD47"/>
       <color rgb="FFFEA595"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1909,1055 +1884,1055 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://www.kanta.fi/ammattilaiset/sosiaalihuollon-asiakastietovarannon-kayttoonotto" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC92D440-A1BA-416D-B429-86F864381A2B}">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A20" sqref="A20"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="133.42578125"/>
     <col min="2" max="2" customWidth="true" width="39.5703125"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="99" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:2" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="42" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="B2" s="40"/>
     </row>
     <row r="3" spans="1:2" ht="51.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="100" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="B3" s="41"/>
     </row>
     <row r="4" spans="1:2" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="98" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="40"/>
     </row>
     <row r="5" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="20" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="43"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3AA4C32-9116-4EFC-A209-849083EB7A57}">
   <dimension ref="A1:H81"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A53" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A5" sqref="A5:XFD5"/>
+      <pane ySplit="4" topLeftCell="A65" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="3.0"/>
     <col min="2" max="2" bestFit="true" customWidth="true" style="37" width="83.5703125"/>
     <col min="3" max="3" customWidth="true" width="151.85546875"/>
     <col min="4" max="4" customWidth="true" width="14.7109375"/>
     <col min="5" max="5" customWidth="true" width="12.42578125"/>
     <col min="6" max="6" customWidth="true" width="17.28515625"/>
     <col min="7" max="7" customWidth="true" width="19.28515625"/>
     <col min="8" max="8" customWidth="true" width="2.42578125"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" s="5" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="105" t="s">
+      <c r="B1" s="123" t="s">
         <v>7</v>
       </c>
-      <c r="C1" s="106"/>
+      <c r="C1" s="124"/>
       <c r="D1" s="57"/>
       <c r="E1" s="57"/>
       <c r="F1" s="57"/>
       <c r="G1" s="57"/>
       <c r="H1" s="86"/>
     </row>
     <row r="2" spans="2:8" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="75" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="58"/>
       <c r="D2" s="58"/>
       <c r="E2" s="58"/>
       <c r="F2" s="58"/>
       <c r="G2" s="58"/>
       <c r="H2" s="65"/>
     </row>
     <row r="3" spans="2:8" ht="62.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="2" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C3" s="46"/>
-      <c r="D3" s="117" t="s">
+      <c r="D3" s="130" t="s">
         <v>79</v>
       </c>
-      <c r="E3" s="117"/>
-[...1 lines deleted...]
-      <c r="G3" s="118"/>
+      <c r="E3" s="130"/>
+      <c r="F3" s="130"/>
+      <c r="G3" s="131"/>
     </row>
     <row r="4" spans="2:8" s="53" customFormat="1" ht="42.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="52" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="80" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="93" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="92" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="92" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="94" t="s">
         <v>80</v>
       </c>
       <c r="H4" s="74"/>
     </row>
     <row r="5" spans="2:8" s="53" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="76" t="s">
         <v>29</v>
       </c>
-      <c r="C5" s="121" t="s">
+      <c r="C5" s="132" t="s">
         <v>9</v>
       </c>
-      <c r="D5" s="120"/>
-[...2 lines deleted...]
-      <c r="G5" s="122"/>
+      <c r="D5" s="102"/>
+      <c r="E5" s="102"/>
+      <c r="F5" s="102"/>
+      <c r="G5" s="133"/>
       <c r="H5" s="74"/>
     </row>
     <row r="6" spans="2:8" s="53" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="95" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="123"/>
-[...3 lines deleted...]
-      <c r="G6" s="124"/>
+      <c r="C6" s="134"/>
+      <c r="D6" s="134"/>
+      <c r="E6" s="134"/>
+      <c r="F6" s="134"/>
+      <c r="G6" s="135"/>
       <c r="H6" s="74"/>
     </row>
     <row r="7" spans="2:8" s="53" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="101" t="s">
+      <c r="B7" s="111" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="102"/>
-[...5 lines deleted...]
-    <row r="8" spans="2:8" s="53" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C7" s="112"/>
+      <c r="D7" s="121"/>
+      <c r="E7" s="121"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="122"/>
+    </row>
+    <row r="8" spans="2:8" s="53" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="15" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="D8" s="48"/>
       <c r="E8" s="48"/>
       <c r="F8" s="48"/>
       <c r="G8" s="66"/>
     </row>
     <row r="9" spans="2:8" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="15" t="s">
         <v>83</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="D9" s="17"/>
       <c r="E9" s="18"/>
       <c r="F9" s="18"/>
       <c r="G9" s="19"/>
     </row>
     <row r="10" spans="2:8" ht="60.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="32" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="18"/>
       <c r="F10" s="18"/>
       <c r="G10" s="59"/>
       <c r="H10" s="65"/>
     </row>
     <row r="11" spans="2:8" s="53" customFormat="1" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="119" t="s">
+      <c r="B11" s="101" t="s">
         <v>31</v>
       </c>
-      <c r="C11" s="120"/>
-[...3 lines deleted...]
-      <c r="G11" s="120"/>
+      <c r="C11" s="102"/>
+      <c r="D11" s="102"/>
+      <c r="E11" s="102"/>
+      <c r="F11" s="102"/>
+      <c r="G11" s="102"/>
     </row>
     <row r="12" spans="2:8" s="20" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="107" t="s">
+      <c r="B12" s="114" t="s">
         <v>81</v>
       </c>
-      <c r="C12" s="108"/>
-[...3 lines deleted...]
-      <c r="G12" s="109"/>
+      <c r="C12" s="115"/>
+      <c r="D12" s="115"/>
+      <c r="E12" s="115"/>
+      <c r="F12" s="115"/>
+      <c r="G12" s="116"/>
     </row>
     <row r="13" spans="2:8" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="21" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="18" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="17"/>
       <c r="E13" s="18"/>
       <c r="F13" s="18"/>
       <c r="G13" s="19"/>
     </row>
     <row r="14" spans="2:8" s="53" customFormat="1" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="119" t="s">
+      <c r="B14" s="101" t="s">
         <v>32</v>
       </c>
-      <c r="C14" s="120"/>
-[...3 lines deleted...]
-      <c r="G14" s="120"/>
+      <c r="C14" s="102"/>
+      <c r="D14" s="102"/>
+      <c r="E14" s="102"/>
+      <c r="F14" s="102"/>
+      <c r="G14" s="102"/>
     </row>
     <row r="15" spans="2:8" s="28" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="107" t="s">
+      <c r="B15" s="114" t="s">
         <v>13</v>
       </c>
-      <c r="C15" s="110"/>
-[...3 lines deleted...]
-      <c r="G15" s="111"/>
+      <c r="C15" s="117"/>
+      <c r="D15" s="117"/>
+      <c r="E15" s="117"/>
+      <c r="F15" s="117"/>
+      <c r="G15" s="118"/>
     </row>
     <row r="16" spans="2:8" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="15" t="s">
         <v>67</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="D16" s="17"/>
       <c r="E16" s="18"/>
       <c r="F16" s="18"/>
       <c r="G16" s="19"/>
     </row>
     <row r="17" spans="1:8" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="22" t="s">
         <v>58</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="17"/>
       <c r="E17" s="18"/>
       <c r="F17" s="18"/>
       <c r="G17" s="19"/>
     </row>
     <row r="18" spans="1:8" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="34" t="s">
         <v>84</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="29"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="4"/>
     </row>
     <row r="19" spans="1:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="79" t="s">
         <v>33</v>
       </c>
-      <c r="C19" s="125" t="s">
+      <c r="C19" s="136" t="s">
         <v>23</v>
       </c>
-      <c r="D19" s="126"/>
-[...2 lines deleted...]
-      <c r="G19" s="127"/>
+      <c r="D19" s="137"/>
+      <c r="E19" s="137"/>
+      <c r="F19" s="137"/>
+      <c r="G19" s="138"/>
       <c r="H19" s="65"/>
     </row>
     <row r="20" spans="1:8" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="96" t="s">
         <v>34</v>
       </c>
       <c r="C20" s="97"/>
       <c r="D20" s="77"/>
       <c r="E20" s="78"/>
       <c r="F20" s="78"/>
       <c r="G20" s="78"/>
       <c r="H20" s="65"/>
     </row>
     <row r="21" spans="1:8" s="14" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="107" t="s">
+      <c r="B21" s="114" t="s">
         <v>15</v>
       </c>
-      <c r="C21" s="110"/>
-[...3 lines deleted...]
-      <c r="G21" s="111"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="118"/>
     </row>
     <row r="22" spans="1:8" s="14" customFormat="1" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="15" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D22" s="54"/>
       <c r="E22" s="54"/>
       <c r="F22" s="54"/>
       <c r="G22" s="55"/>
     </row>
     <row r="23" spans="1:8" s="14" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="88"/>
       <c r="B23" s="48" t="s">
         <v>59</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="54"/>
       <c r="E23" s="54"/>
       <c r="F23" s="54"/>
       <c r="G23" s="55"/>
     </row>
     <row r="24" spans="1:8" s="14" customFormat="1" ht="116.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="33" t="s">
         <v>85</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="D24" s="54"/>
       <c r="E24" s="54"/>
       <c r="F24" s="54"/>
       <c r="G24" s="55"/>
     </row>
     <row r="25" spans="1:8" s="14" customFormat="1" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="89" t="s">
         <v>35</v>
       </c>
       <c r="C25" s="81"/>
       <c r="D25" s="82"/>
       <c r="E25" s="83"/>
       <c r="F25" s="83"/>
       <c r="G25" s="84"/>
     </row>
     <row r="26" spans="1:8" s="14" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B26" s="107" t="s">
+      <c r="B26" s="114" t="s">
         <v>11</v>
       </c>
-      <c r="C26" s="110"/>
-[...3 lines deleted...]
-      <c r="G26" s="111"/>
+      <c r="C26" s="117"/>
+      <c r="D26" s="117"/>
+      <c r="E26" s="117"/>
+      <c r="F26" s="117"/>
+      <c r="G26" s="118"/>
     </row>
     <row r="27" spans="1:8" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="17"/>
       <c r="E27" s="18"/>
       <c r="F27" s="18"/>
       <c r="G27" s="19"/>
     </row>
     <row r="28" spans="1:8" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="15" t="s">
         <v>68</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="17"/>
       <c r="E28" s="18"/>
       <c r="F28" s="18"/>
       <c r="G28" s="19"/>
     </row>
     <row r="29" spans="1:8" s="53" customFormat="1" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B29" s="128" t="s">
+      <c r="B29" s="106" t="s">
         <v>36</v>
       </c>
-      <c r="C29" s="129"/>
-[...3 lines deleted...]
-      <c r="G29" s="129"/>
+      <c r="C29" s="107"/>
+      <c r="D29" s="107"/>
+      <c r="E29" s="107"/>
+      <c r="F29" s="107"/>
+      <c r="G29" s="107"/>
     </row>
     <row r="30" spans="1:8" s="23" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="114" t="s">
+      <c r="B30" s="127" t="s">
         <v>16</v>
       </c>
-      <c r="C30" s="115"/>
-[...3 lines deleted...]
-      <c r="G30" s="116"/>
+      <c r="C30" s="128"/>
+      <c r="D30" s="128"/>
+      <c r="E30" s="128"/>
+      <c r="F30" s="128"/>
+      <c r="G30" s="129"/>
     </row>
     <row r="31" spans="1:8" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="24" t="s">
         <v>60</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D31" s="25"/>
       <c r="E31" s="16"/>
       <c r="F31" s="16"/>
       <c r="G31" s="26"/>
     </row>
     <row r="32" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="24" t="s">
         <v>61</v>
       </c>
       <c r="C32" s="27" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="D32" s="25"/>
       <c r="E32" s="16"/>
       <c r="F32" s="16"/>
       <c r="G32" s="26"/>
     </row>
-    <row r="33" spans="2:8" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="15" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="D33" s="17"/>
       <c r="E33" s="18"/>
       <c r="F33" s="18"/>
       <c r="G33" s="19"/>
     </row>
     <row r="34" spans="2:8" ht="102" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="11" t="s">
         <v>71</v>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="4"/>
     </row>
     <row r="35" spans="2:8" s="53" customFormat="1" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B35" s="128" t="s">
+      <c r="B35" s="106" t="s">
         <v>37</v>
       </c>
-      <c r="C35" s="129"/>
-[...3 lines deleted...]
-      <c r="G35" s="129"/>
+      <c r="C35" s="107"/>
+      <c r="D35" s="107"/>
+      <c r="E35" s="107"/>
+      <c r="F35" s="107"/>
+      <c r="G35" s="107"/>
       <c r="H35" s="74"/>
     </row>
     <row r="36" spans="2:8" s="5" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B36" s="107" t="s">
+      <c r="B36" s="114" t="s">
         <v>66</v>
       </c>
-      <c r="C36" s="112"/>
-[...3 lines deleted...]
-      <c r="G36" s="113"/>
+      <c r="C36" s="125"/>
+      <c r="D36" s="125"/>
+      <c r="E36" s="125"/>
+      <c r="F36" s="125"/>
+      <c r="G36" s="126"/>
     </row>
     <row r="37" spans="2:8" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="44" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="45" t="s">
         <v>72</v>
       </c>
       <c r="D37" s="8"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
       <c r="G37" s="9"/>
     </row>
-    <row r="38" spans="2:8" ht="87.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:8" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="10" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="56" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D38" s="12"/>
       <c r="E38" s="11"/>
       <c r="F38" s="11"/>
       <c r="G38" s="13"/>
     </row>
     <row r="39" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="119" t="s">
+      <c r="B39" s="101" t="s">
         <v>38</v>
       </c>
-      <c r="C39" s="120"/>
-[...3 lines deleted...]
-      <c r="G39" s="120"/>
+      <c r="C39" s="102"/>
+      <c r="D39" s="102"/>
+      <c r="E39" s="102"/>
+      <c r="F39" s="102"/>
+      <c r="G39" s="102"/>
       <c r="H39" s="65"/>
     </row>
     <row r="40" spans="2:8" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B40" s="135" t="s">
+      <c r="B40" s="103" t="s">
         <v>39</v>
       </c>
-      <c r="C40" s="136"/>
-[...3 lines deleted...]
-      <c r="G40" s="137"/>
+      <c r="C40" s="104"/>
+      <c r="D40" s="104"/>
+      <c r="E40" s="104"/>
+      <c r="F40" s="104"/>
+      <c r="G40" s="105"/>
       <c r="H40" s="65"/>
     </row>
     <row r="41" spans="2:8" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="107" t="s">
+      <c r="B41" s="114" t="s">
         <v>11</v>
       </c>
-      <c r="C41" s="108"/>
-[...3 lines deleted...]
-      <c r="G41" s="109"/>
+      <c r="C41" s="115"/>
+      <c r="D41" s="115"/>
+      <c r="E41" s="115"/>
+      <c r="F41" s="115"/>
+      <c r="G41" s="116"/>
     </row>
     <row r="42" spans="2:8" s="35" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="24" t="s">
         <v>28</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>86</v>
+        <v>123</v>
       </c>
       <c r="D42" s="30"/>
       <c r="E42" s="6"/>
       <c r="F42" s="6"/>
       <c r="G42" s="31"/>
     </row>
     <row r="43" spans="2:8" s="35" customFormat="1" ht="81.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B43" s="24" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D43" s="30"/>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
       <c r="G43" s="60"/>
       <c r="H43" s="67"/>
     </row>
     <row r="44" spans="2:8" s="28" customFormat="1" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B44" s="128" t="s">
+      <c r="B44" s="106" t="s">
         <v>73</v>
       </c>
-      <c r="C44" s="129"/>
-[...3 lines deleted...]
-      <c r="G44" s="134"/>
+      <c r="C44" s="107"/>
+      <c r="D44" s="107"/>
+      <c r="E44" s="107"/>
+      <c r="F44" s="107"/>
+      <c r="G44" s="108"/>
       <c r="H44" s="68"/>
     </row>
     <row r="45" spans="2:8" s="28" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B45" s="107" t="s">
-[...6 lines deleted...]
-      <c r="G45" s="109"/>
+      <c r="B45" s="114" t="s">
+        <v>102</v>
+      </c>
+      <c r="C45" s="115"/>
+      <c r="D45" s="115"/>
+      <c r="E45" s="115"/>
+      <c r="F45" s="115"/>
+      <c r="G45" s="116"/>
     </row>
     <row r="46" spans="2:8" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="15" t="s">
         <v>75</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="D46" s="17"/>
       <c r="E46" s="18"/>
       <c r="F46" s="18"/>
       <c r="G46" s="19"/>
     </row>
     <row r="47" spans="2:8" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="15" t="s">
         <v>53</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="D47" s="17"/>
       <c r="E47" s="18"/>
       <c r="F47" s="18"/>
       <c r="G47" s="19"/>
     </row>
     <row r="48" spans="2:8" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B48" s="15" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C48" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D48" s="17"/>
       <c r="E48" s="18"/>
       <c r="F48" s="18"/>
       <c r="G48" s="19"/>
     </row>
     <row r="49" spans="2:8" ht="45.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B49" s="32" t="s">
         <v>54</v>
       </c>
       <c r="C49" s="11" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="D49" s="29"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="4"/>
     </row>
     <row r="50" spans="2:8" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B50" s="128" t="s">
+      <c r="B50" s="106" t="s">
         <v>74</v>
       </c>
-      <c r="C50" s="129"/>
-[...3 lines deleted...]
-      <c r="G50" s="134"/>
+      <c r="C50" s="107"/>
+      <c r="D50" s="107"/>
+      <c r="E50" s="107"/>
+      <c r="F50" s="107"/>
+      <c r="G50" s="108"/>
       <c r="H50" s="65"/>
     </row>
     <row r="51" spans="2:8" s="28" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="107" t="s">
+      <c r="B51" s="114" t="s">
         <v>65</v>
       </c>
-      <c r="C51" s="108"/>
-[...3 lines deleted...]
-      <c r="G51" s="109"/>
+      <c r="C51" s="115"/>
+      <c r="D51" s="115"/>
+      <c r="E51" s="115"/>
+      <c r="F51" s="115"/>
+      <c r="G51" s="116"/>
       <c r="H51" s="68"/>
     </row>
     <row r="52" spans="2:8" ht="105" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="24" t="s">
         <v>40</v>
       </c>
       <c r="C52" s="6" t="s">
-        <v>101</v>
+        <v>119</v>
       </c>
       <c r="D52" s="30"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="31"/>
     </row>
     <row r="53" spans="2:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="69" t="s">
         <v>41</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D53" s="17"/>
       <c r="E53" s="18"/>
       <c r="F53" s="18"/>
       <c r="G53" s="19"/>
     </row>
     <row r="54" spans="2:8" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="69" t="s">
         <v>42</v>
       </c>
       <c r="C54" s="6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D54" s="17"/>
       <c r="E54" s="18"/>
       <c r="F54" s="18"/>
       <c r="G54" s="19"/>
     </row>
     <row r="55" spans="2:8" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="24" t="s">
         <v>43</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D55" s="17"/>
       <c r="E55" s="18"/>
       <c r="F55" s="18"/>
       <c r="G55" s="19"/>
     </row>
     <row r="56" spans="2:8" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="24" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D56" s="17"/>
       <c r="E56" s="18"/>
       <c r="F56" s="18"/>
       <c r="G56" s="19"/>
     </row>
     <row r="57" spans="2:8" s="47" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B57" s="24" t="s">
         <v>27</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D57" s="25"/>
       <c r="E57" s="16"/>
       <c r="F57" s="16"/>
       <c r="G57" s="26"/>
     </row>
     <row r="58" spans="2:8" ht="108.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B58" s="34" t="s">
         <v>44</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>91</v>
+        <v>124</v>
       </c>
       <c r="D58" s="29"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="4"/>
     </row>
     <row r="59" spans="2:8" s="53" customFormat="1" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B59" s="128" t="s">
+      <c r="B59" s="106" t="s">
         <v>45</v>
       </c>
-      <c r="C59" s="129"/>
-[...3 lines deleted...]
-      <c r="G59" s="129"/>
+      <c r="C59" s="107"/>
+      <c r="D59" s="107"/>
+      <c r="E59" s="107"/>
+      <c r="F59" s="107"/>
+      <c r="G59" s="107"/>
       <c r="H59" s="74"/>
     </row>
     <row r="60" spans="2:8" s="28" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B60" s="107" t="s">
+      <c r="B60" s="114" t="s">
         <v>19</v>
       </c>
-      <c r="C60" s="110"/>
-[...3 lines deleted...]
-      <c r="G60" s="111"/>
+      <c r="C60" s="117"/>
+      <c r="D60" s="117"/>
+      <c r="E60" s="117"/>
+      <c r="F60" s="117"/>
+      <c r="G60" s="118"/>
     </row>
     <row r="61" spans="2:8" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="24" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D61" s="36"/>
       <c r="E61" s="6"/>
       <c r="F61" s="6"/>
       <c r="G61" s="19"/>
     </row>
-    <row r="62" spans="2:8" ht="62.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="2:8" ht="87" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B62" s="22" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="D62" s="18"/>
       <c r="E62" s="6"/>
       <c r="F62" s="6"/>
       <c r="G62" s="19"/>
     </row>
     <row r="63" spans="2:8" s="53" customFormat="1" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B63" s="87" t="s">
         <v>46</v>
       </c>
-      <c r="C63" s="138" t="s">
+      <c r="C63" s="109" t="s">
         <v>64</v>
       </c>
-      <c r="D63" s="132"/>
-[...2 lines deleted...]
-      <c r="G63" s="132"/>
+      <c r="D63" s="110"/>
+      <c r="E63" s="110"/>
+      <c r="F63" s="110"/>
+      <c r="G63" s="110"/>
       <c r="H63" s="74"/>
     </row>
     <row r="64" spans="2:8" s="28" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B64" s="85" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="70"/>
       <c r="D64" s="71"/>
       <c r="E64" s="72"/>
       <c r="F64" s="72"/>
       <c r="G64" s="73"/>
     </row>
     <row r="65" spans="2:8" s="49" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B65" s="24" t="s">
         <v>50</v>
       </c>
       <c r="C65" s="60" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D65" s="61"/>
       <c r="E65" s="62"/>
       <c r="F65" s="61"/>
       <c r="G65" s="19"/>
     </row>
     <row r="66" spans="2:8" ht="174" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B66" s="24" t="s">
         <v>51</v>
       </c>
       <c r="C66" s="60" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D66" s="63"/>
       <c r="E66" s="64"/>
       <c r="F66" s="64"/>
       <c r="G66" s="64"/>
       <c r="H66" s="65"/>
     </row>
     <row r="67" spans="2:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B67" s="22" t="s">
         <v>76</v>
       </c>
       <c r="C67" s="18" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D67" s="25"/>
       <c r="E67" s="16"/>
       <c r="F67" s="16"/>
       <c r="G67" s="26"/>
     </row>
     <row r="68" spans="2:8" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B68" s="22" t="s">
         <v>52</v>
       </c>
       <c r="C68" s="18" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D68" s="25"/>
       <c r="E68" s="16"/>
       <c r="F68" s="16"/>
       <c r="G68" s="26"/>
     </row>
     <row r="69" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="91" t="s">
         <v>47</v>
       </c>
-      <c r="C69" s="131" t="s">
+      <c r="C69" s="119" t="s">
         <v>78</v>
       </c>
-      <c r="D69" s="132"/>
-[...2 lines deleted...]
-      <c r="G69" s="133"/>
+      <c r="D69" s="110"/>
+      <c r="E69" s="110"/>
+      <c r="F69" s="110"/>
+      <c r="G69" s="120"/>
     </row>
     <row r="70" spans="2:8" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B70" s="101" t="s">
+      <c r="B70" s="111" t="s">
         <v>11</v>
       </c>
-      <c r="C70" s="102"/>
-[...3 lines deleted...]
-      <c r="G70" s="130"/>
+      <c r="C70" s="112"/>
+      <c r="D70" s="112"/>
+      <c r="E70" s="112"/>
+      <c r="F70" s="112"/>
+      <c r="G70" s="113"/>
     </row>
     <row r="71" spans="2:8" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="24" t="s">
         <v>48</v>
       </c>
       <c r="C71" s="18" t="s">
         <v>77</v>
       </c>
       <c r="D71" s="30"/>
       <c r="E71" s="6"/>
       <c r="F71" s="6"/>
       <c r="G71" s="31"/>
     </row>
     <row r="72" spans="2:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="22" t="s">
         <v>49</v>
       </c>
       <c r="C72" s="60" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D72" s="30"/>
       <c r="E72" s="6"/>
       <c r="F72" s="6"/>
       <c r="G72" s="31"/>
     </row>
     <row r="73" spans="2:8" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B73" s="22" t="s">
         <v>21</v>
       </c>
       <c r="C73" s="59" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D73" s="30"/>
       <c r="E73" s="6"/>
       <c r="F73" s="6"/>
       <c r="G73" s="31"/>
     </row>
     <row r="74" spans="2:8" ht="55.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B74" s="90" t="s">
         <v>22</v>
       </c>
       <c r="C74" s="11" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="D74" s="29"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="4"/>
     </row>
     <row r="75" spans="2:8" s="50" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B75" s="51"/>
       <c r="C75" s="38"/>
     </row>
     <row r="76" spans="2:8" x14ac:dyDescent="0.25">
       <c r="C76" s="39"/>
     </row>
     <row r="77" spans="2:8" x14ac:dyDescent="0.25">
       <c r="C77" s="39"/>
     </row>
     <row r="78" spans="2:8" x14ac:dyDescent="0.25">
       <c r="C78" s="39"/>
     </row>
     <row r="79" spans="2:8" x14ac:dyDescent="0.25">
       <c r="C79" s="39"/>
     </row>
     <row r="80" spans="2:8" x14ac:dyDescent="0.25">
       <c r="C80" s="39"/>
     </row>
     <row r="81" spans="3:3" x14ac:dyDescent="0.25">
       <c r="C81" s="39"/>
     </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B39:G39"/>
-[...10 lines deleted...]
-    <mergeCell ref="B44:G44"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="B36:G36"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B11:G11"/>
     <mergeCell ref="C5:G6"/>
     <mergeCell ref="B14:G14"/>
     <mergeCell ref="C19:G19"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B35:G35"/>
+    <mergeCell ref="B70:G70"/>
+    <mergeCell ref="B51:G51"/>
+    <mergeCell ref="B60:G60"/>
+    <mergeCell ref="B41:G41"/>
+    <mergeCell ref="B45:G45"/>
+    <mergeCell ref="C69:G69"/>
+    <mergeCell ref="B44:G44"/>
+    <mergeCell ref="B39:G39"/>
+    <mergeCell ref="B40:G40"/>
+    <mergeCell ref="B50:G50"/>
+    <mergeCell ref="B59:G59"/>
+    <mergeCell ref="C63:G63"/>
   </mergeCells>
   <phoneticPr fontId="29" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="C19" r:id="rId1" xr:uid="{8CE5795F-8551-43AA-82B7-51639640C310}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Kanta lyhyt peruspohja" ma:contentTypeID="0x010100B5B0C7C8E89E4B24A1DD48391A5B64DF00104209A661E54CD587BC7C170A805A751100BE6D07894BC4A14A92DD825D9E4C9A44" ma:contentTypeVersion="48" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="393bc005cf43fed63409873412e63f32">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="28d5f0a3-ab75-4f37-b21c-c5486e890318" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cfc346afb6602ac39ba5682aff58675e" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Kanta lyhyt peruspohja" ma:contentTypeID="0x010100B5B0C7C8E89E4B24A1DD48391A5B64DF00104209A661E54CD587BC7C170A805A751100BE6D07894BC4A14A92DD825D9E4C9A44" ma:contentTypeVersion="52" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="192c32e8253fe0788d062f38874e85db">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="28d5f0a3-ab75-4f37-b21c-c5486e890318" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="68aa6f57fecdf7537245663968605d28" ns2:_="">
     <xsd:import namespace="28d5f0a3-ab75-4f37-b21c-c5486e890318"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:KelaKuvaus" minOccurs="0"/>
                 <xsd:element ref="ns2:f721df5e45f944579809e2a3903aa817" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns2:e53f7fded1c34b15bbf16fc4b4798b6a" minOccurs="0"/>
                 <xsd:element ref="ns2:hfc18b29aed44339bbdc39df31ab0fbf" minOccurs="0"/>
                 <xsd:element ref="ns2:je38d6a6b76c4a24843bec5179df8dbe" minOccurs="0"/>
                 <xsd:element ref="ns2:j0be05872c2d4232bfb1a6c120cbdd2c" minOccurs="0"/>
                 <xsd:element ref="ns2:bcefd7c481cb48f4861306052502dba8" minOccurs="0"/>
                 <xsd:element ref="ns2:jd32bd60a3ed49c984e203f2c1797fd7" minOccurs="0"/>
                 <xsd:element ref="ns2:l284e851add84855ab4a13e805c1c02b" minOccurs="0"/>
                 <xsd:element ref="ns2:j875f3fda00345e6808e9e260f685289" minOccurs="0"/>
                 <xsd:element ref="ns2:KelaPaivamaara" minOccurs="0"/>
                 <xsd:element ref="ns2:Vanhentunut" minOccurs="0"/>
                 <xsd:element ref="ns2:KelaArkistoitu" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3162,50 +3137,64 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="4c5c86b2-34ba-4440-84a3-2847672c608a" ContentTypeId="0x010100B5B0C7C8E89E4B24A1DD48391A5B64DF00104209A661E54CD587BC7C170A805A7511" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <l284e851add84855ab4a13e805c1c02b xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Ohjeet</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cc766064-cdfc-417d-983d-e621457e8599</TermId>
         </TermInfo>
       </Terms>
     </l284e851add84855ab4a13e805c1c02b>
     <je38d6a6b76c4a24843bec5179df8dbe xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </je38d6a6b76c4a24843bec5179df8dbe>
     <KelaPaivamaara xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">2023-08-24T21:00:00+00:00</KelaPaivamaara>
     <KelaArkistoitu xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">false</KelaArkistoitu>
     <hfc18b29aed44339bbdc39df31ab0fbf xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </hfc18b29aed44339bbdc39df31ab0fbf>
     <KelaKuvaus xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318" xsi:nil="true"/>
     <e53f7fded1c34b15bbf16fc4b4798b6a xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Ei</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">4da38706-6322-4438-8e0a-a80ce46c1d74</TermId>
         </TermInfo>
@@ -3240,110 +3229,96 @@
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Kantan asiakasdokumentoinnin kehitys</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">25616da3-85cb-4aa4-9345-8471d83f9baa</TermId>
         </TermInfo>
       </Terms>
     </bcefd7c481cb48f4861306052502dba8>
     <j875f3fda00345e6808e9e260f685289 xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">SHA</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">fbeee643-e2fd-4d3c-bab6-769d1e48fa6d</TermId>
         </TermInfo>
       </Terms>
     </j875f3fda00345e6808e9e260f685289>
     <TaxCatchAll xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
       <Value>29</Value>
       <Value>128</Value>
       <Value>26</Value>
       <Value>25</Value>
       <Value>158</Value>
       <Value>8</Value>
     </TaxCatchAll>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C23075C6-7334-4D69-9970-F21E2282A6B8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E3E1E62-E312-47B0-A52F-402670653CF6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="28d5f0a3-ab75-4f37-b21c-c5486e890318"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570896E4-9BD1-4F57-9CBD-EBCA077C61D3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8F31210-59B0-4750-A8CA-6709B11F4AD5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A81953A5-D31B-45D4-A6A3-35E930342B2A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8F31210-59B0-4750-A8CA-6709B11F4AD5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570896E4-9BD1-4F57-9CBD-EBCA077C61D3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="28d5f0a3-ab75-4f37-b21c-c5486e890318"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Saate</vt:lpstr>
       <vt:lpstr>Tehtävät</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>