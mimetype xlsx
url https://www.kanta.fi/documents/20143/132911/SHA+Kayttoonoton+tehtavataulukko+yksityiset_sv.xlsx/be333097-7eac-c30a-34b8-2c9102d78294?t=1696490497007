--- v0 (2025-10-19)
+++ v1 (2026-03-16)
@@ -7,74 +7,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Siirtoja\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\h324clm\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{43DDA302-EBF8-4362-99AA-E4567F342EE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DC6615C6-4E28-45FD-B867-2E3833BFCE28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" activeTab="1" xr2:uid="{AA5137EE-F3D4-4224-B7C6-43B64A5139CC}"/>
+    <workbookView xWindow="-28920" yWindow="-2085" windowWidth="29040" windowHeight="15720" xr2:uid="{AA5137EE-F3D4-4224-B7C6-43B64A5139CC}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduktion " sheetId="6" r:id="rId1"/>
     <sheet name="Uppgifter" sheetId="5" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="128">
   <si>
     <t xml:space="preserve">Uppgiftstabell för införande av Socialvårdens klientdatalager </t>
   </si>
   <si>
     <t>Anslutaren en privat tjänstetillhandahållare</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Vänligen notera att uppgifterna i tabellen inte är i den egentliga ordningsföljd de ska utföras.</t>
     </r>
     <r>
@@ -119,57 +122,51 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>1. Anslutning till Kanta-tjänsterna och förberedelser</t>
   </si>
   <si>
     <t>https://www.kanta.fi/sv/professionella/anslutning-till-kanta-tjansterna-och-forberedelser</t>
   </si>
   <si>
     <t>1.1. Anslutningsmodeller</t>
   </si>
   <si>
     <t>Organisationens uppgift</t>
   </si>
   <si>
     <t>Ska vi ansluta oss till Kanta-tjänsterna?</t>
   </si>
   <si>
     <t>Enligt kunduppgiftslagen ska tjänstetillhandahållare inom social- och hälsovården ansluta sig till Kanta-tjänsterna om klienternas uppgifter behandlas i ett elektroniskt klient- eller patientdatasystem. Om en tjänstetillhandahållare producerar tjänster för någon annan tjänstetillhandahållare, till exempel för ett välfärdsområde i form av köpta tjänster eller tjänster med servicesedel, ska också eventuella skyldigheter för den aktör som skaffar tjänsterna utredas.</t>
   </si>
   <si>
     <t>Läs om anslutningsmodellerna i Kanta-tjänsterna</t>
   </si>
   <si>
-    <t xml:space="preserve">Med anslutningsmodell avses en administrativ modell genom vilken ett företag ansluter sig som användare till Kanta-tjänsterna. Det finns flera anslutningsmodeller för privata tjänstetillhandahållare och organisationen kan välja den som passar bäst. Ska vi ansluta oss genom modellen för direktanslutning med det system vi själva använder? Är det möjligt att använda välfärdsområdets informationssystem (parallella anslutningsmodellen) eller att ansluta sig gemensamt tillsammans med andra privata tjänstetillhandahållare (modellen för gemensam anslutning)? Mer information finns på sidan Anslutningsmodeller på kanta.fi. </t>
-[...1 lines deleted...]
-  <si>
     <t>Användningsavgifter för Kanta-tjänsterna</t>
-  </si>
-[...1 lines deleted...]
-    <t>Med användningsavgifterna för de riksomfattane informationssystemtjänsterna täcks de driftskostnader som orsakas dels av att FPA producerar Kanta-tjänsterna, dels av att Myndigheten för digitalisering och befolkningsdata producerar certifikattjänster. Bestämmelser om uttagning av användningsavgift och om avgiftens storlek utfärdas genom social- och hälsovårdsministeriets förordning om användningsavgifter för riksomfattande informationssystemtjänster inom social- och hälsovården. Mer information finns på sidan Användningsavgifter på kanta.fi.</t>
   </si>
   <si>
     <t>1.2. Informationssäkerhetsplan</t>
   </si>
   <si>
     <t>Organisationen gör, THL styr</t>
   </si>
   <si>
     <t>Utarbetande av en informationssäkerhetsplan för informationssäkerheten och dataskyddet i enlighet med kunduppgiftslagen och THL:s föreskrift.</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Organisationen kan utarbeta en ny informationssäkerhetsplan eller uppdatera den befintliga planen.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
@@ -188,83 +185,75 @@
         <scheme val="minor"/>
       </rPr>
       <t>Anvisningar och en modell finns på THL:s webbplats.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>1.3. Certifikat och certifikatkort</t>
   </si>
   <si>
     <t>Organisationen gör till behövliga delar, Myndigheten för digitalisering och befolkningsdata (MDB) styr</t>
   </si>
   <si>
     <t xml:space="preserve">Anskaffning av certifikatkort för personalen </t>
   </si>
   <si>
-    <t xml:space="preserve">Certifikatkort som används inom Kanta-tjänsterna är: Yrkeskort för social- och hälsovården, personalkort, aktörskort och reservkort. Yrkeskort för social- och hälsovården kan fås endast för användning av registrerade yrkesutbildade personer; övrig personal kan använda personalkort eller aktörskort. Anvisningar om anskaffning av certifikatkort finns på MDB:s webbplats: https://dvv.fi/sv/certifikat.  
-[...3 lines deleted...]
-  <si>
     <t>Anskaffning av kortläsare</t>
   </si>
   <si>
     <t>Personalens arbetsstationer måste utrustas med kortläsare och kortläsarprogram för att certifikatkort ska kunna användas. Som kortläsarprogram används det program som MDB erbjuder på sin webbplats.</t>
   </si>
   <si>
     <t>Certifikatkort för vikarierande personal och studerande</t>
   </si>
   <si>
     <t>Inom socialvården finns ingen nationell lösning för att förse studerande eller vikarier med kort. Organisationen ska utarbeta egna anvisningar för hur studerande och vikarier dokumenterar klientuppgifter i systemet. Ofta får vikarier via organisationen MDB:s personalkort för den tid anställningen varar, men det här är något som organisationen ska avgöra.</t>
   </si>
   <si>
     <t>2. Införande av Socialvårdens klientdatalager</t>
   </si>
   <si>
     <t>https://www.kanta.fi/sv/professionella/inforande-av-socialvardens-klientdatalager</t>
   </si>
   <si>
     <t>2.1. Innan tjänsten införs</t>
   </si>
   <si>
     <t>Organisationen gör till behövliga delar</t>
   </si>
   <si>
     <t>Säkerställande av att informationssystemet är kompatibelt med Socialvårdens klientdatalager</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bedömning av den egna organisationens läge i fråga om informationssystem Har organisationen redan ett klientdatasystem i bruk eller behöver ett sådant skaffas? Vilka är vår organisations behov när det gäller klientdatasystemet? Är det möjligt att med vårt klientdatasystem ansluta sig direkt till Kanta-tjänsterna eller behövs det ett system som förmedlar uppgifterna? Producerar vi tjänster för en annan tjänstetillhandahållare, till exempel ett välfärdsområde? Diskutera de här frågorna med systemleverantören? Det är också bra att diskutera med tjänstetillhandahållare som befinner sig i samma situation. Hur länge tar det att ta i bruk systemet eller att göra eventuella ändringar? Om du producerar tjänster för ett eller flera välfärdsområden, diskutera de olika alternativen för anslutning till Kanta-tjänsterna och de tjänster som ska produceras med serviceanordnaren. Om ni behöver skaffa ett nytt klientdatasystem finns det system som är kompatibla med Socialvårdens klientdatalager i Valviras register Astori.</t>
   </si>
   <si>
     <t>Åtkomsträtt till register i situationer med köpta tjänster</t>
   </si>
   <si>
     <t>Med hjälp av åtkomsträtten till register kan tjänsteproducenter och serviceanordnare inom socialvården behandla klientuppgifter som uppkommer i samband med köpta tjänster. Åtkomsträtten till register kan utnyttjas när både serviceanordnaren och tjänsteproducenten har anslutit sig till Socialvårdens klientdatalager och bådas klientdatasystem innehåller funktionen Åtkomsträtt till register. Parterna behöver inte använda samma klientdatasystem. Läs mer om funktionen Åtkomsträtt till register på kanta.fi.</t>
   </si>
   <si>
     <t>Kontroll och uppdatering av avtalen mellan organisationen och leverantören av klientdatasystemet</t>
   </si>
   <si>
     <t>Säkerställ hos din informationssystemleverantör att det klientdatasystem din organisation använder är Kanta-kompatibelt med Socialvårdens klientdatalager. Det går inte att ansluta sig som användare av Socialvårdens klientdatalager med ett patientdatasystem. Den 1 september 2026 ska organisationen ha i bruk ett klientdatasystem som är förenligt med anslutningsskyldigheten i kunduppgiftslagen. Informationssystemleverantören ska se till att systemet är förenligt med anslutningsskyldigheten i kunduppgiftslagen. Kraven på informationssystem anges i avsnittet för systemutvecklare under Specifikationer av Socialvårdens klientdatalager på kanta.fi. Det är ändå bra att säkerställa att systemet innehåller de funktioner som behövs, till exempel åtkomsträtt till register, förutsättningar för utlämnande av uppgifter och sådana klienthandlingar som behövs för dokumentation av klientuppgifter i organisationens tjänster.</t>
   </si>
   <si>
     <t>2.2. Planering av införandet</t>
   </si>
   <si>
     <t>Organisationen gör</t>
   </si>
   <si>
     <t>Reservering av de personalresurser som behövs för införandet och planering av införandet</t>
   </si>
   <si>
     <t>Bedöm hur mycket tids- och personalresurser som behövs för att införandet ska kunna genomföras smidigt och beakta det här i planeringen. Diskutera vid behov med systemleverantören eller andra tjänstetillhandahållare.</t>
   </si>
@@ -383,97 +372,88 @@
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>THL:s tjänst Sosmeta och handboken om Kanta-tjänsterna för aktörer inom socialvården samt socialvårdslagen och SHM:s tillämpningsguide för socialvårdslagen (presentationsblad på svenska).</t>
     </r>
   </si>
   <si>
     <t>Hålla isär personuppgiftsansvariga</t>
   </si>
   <si>
-    <t>Serviceanordnarens klientuppgifter och klientuppgifter som uppkommer i en privat tjänstetillhandahållares egen tjänsteproduktion ska föras in i separata register.   Om en privat organisation agerar som tjänsteproducent för en annan serviceanordnare, det vill säga producerar till exempel köpta tjänster eller tjänster med servicesedel, ska alla handlingar som uppkommer i tjänsterna i fråga föras in i serviceanordnarens klientregister. Uppgifterna dokumenteras då med funktionen Åtkomsträtt till register i Socialvårdens klientdatalager.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Identifiering och specificering av statistikförings- och rapporteringsbehov  </t>
   </si>
   <si>
     <t>Det är bra att inom organisationen beakta vilka uppgifter om organisationens verksamhet och tjänsteproduktion som behövs för organisationens egen statistikföring och rapportering samt att vid behov komma överens om rapportering av statistik med en eventuell serviceanordnare som köper tjänsten (bland annat Hilmo, annan nationell rapportering, serviceanordnarens egna uppföljningsuppgifter). När en privat tjänsteproducent lagrar handlingar i Kanta-tjänsterna med hjälp av funktionen Åtkomsträtt till register i registret hos den serviceanordnare som köpt tjänsten, är handlingarna i fråga och de uppgifter som dokumenterats i dem direkt tillgängliga för serviceanordnaren bland annat för statistik.</t>
   </si>
   <si>
     <t>2.4. Kontroll av att registreringsuppgifterna är korrekta</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Organisationen gör, registreringsmyndigheten och THL:s kodtjänst styr</t>
     </r>
   </si>
   <si>
     <t>Registrering av en privat tjänstetillhandahållare</t>
   </si>
   <si>
     <t xml:space="preserve">Nya tjänstetillhandahållare inom socialvården får inte börja producera tjänster förrän tjänstetillhandahållaren och de tjänster som ska produceras har registrerats i registret Soteri (register över tjänstetillhandahållare inom social- och hälsovården).   </t>
   </si>
   <si>
     <t>Kontroll av uppgifterna i SOTE-organisationsregistret</t>
   </si>
   <si>
-    <t>Registreringsuppgifterna om privata tjänstetillhandahållare förmedlas från registret Soteri till SOTE-organisationsregistret i den nationella kodtjänsten. I Kanta-tjänsterna visas uppgifterna om organisationen i enlighet med uppgifterna i SOTE-organisationsregistret. I SOTE-registret är verksamhetsenheten (Toimintayksikkö) den högsta nivån i organisationen och fungerar som Kanta-anslutare. Enligt uppgiften om serviceenhet (Palveluyksikkö) i SOTE-registret fastställs till exempel åtkomsträtten till register. Organisationen kan kontrollera uppgifterna i SOTE-organisationsregistret, som administreras av THL. Om något i organisationens registreringsuppgifter behöver korrigeras eller väcker frågor finns det anvisningar på Valviras webbplats under Anvisningar för registrering av social- och hälsovårdstjänster.</t>
-[...1 lines deleted...]
-  <si>
     <t>3. Införande av tjänsten</t>
   </si>
   <si>
     <t>3.1. Anmälan till införande och tillgängligt stöd</t>
   </si>
   <si>
     <t>Anmälan till införande</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gör anmälan både till införande och till utvidgning av användningen på kanta.fi under Så här inför du Socialvårdens klientdatalager.</t>
   </si>
   <si>
     <t>Stöd för införande</t>
   </si>
   <si>
     <t>Kanta-tjänsterna erbjuder utbildning för yrkespersoner inom socialvården om Kanta-tjänsterna och användningen av dem. Evenemang och utbildningar samt material från tidigare utbildningar hittas via evenemangskalendern på kanta.fi. Handledningstimmarna för införande är avsedda för privata tjänstetillhandahållare som börjar använda Socialvårdens klientdatalager. Läs i förväg anvisningarna för införande av Socialvårdens klientdatalager och gå igenom webbskolan om Verksamhetssätt för Socialvårdens klientdatalager. Läs också om evenemang som THL ordnar i THL:s evenemangskalender (Tapahtumakalenteri).</t>
   </si>
   <si>
     <t xml:space="preserve">3.2. Personalens åtkomsträtt
 </t>
   </si>
   <si>
     <t>Specificering av strukturen för åtkomsträtt och överenskommelse om en handlingsmodell för uppgifter om åtkomsträtt</t>
   </si>
   <si>
     <t>Arbetstagarnas åtkomsträttigheter ska fastställas i enlighet med social- och hälsovårdsministeriets förordning om behandling av kunduppgifter inom social- och hälsovården. Anvisningar om hur förordningen ska tillämpas finns i Tillämpningsanvisning för bestämmelserna
 om åtkomsträttigheter inom social- och hälsovården (SHM och THL). Det är bra om organisationen kommer överens om egna handlingsmodeller för administrering av åtkomsträttigheterna. Enligt lagen ska en tjänstetillhandahållare föra register över användarna av de informationssystem och klientregister som används vid behandlingen av klientuppgifter samt om användarnas rättigheter att använda klientuppgifterna.
 Det bör observeras att om en tjänstetillhandahållare tillhandahåller socialservice både för klienter som betalar själva och exempelvis som köpta tjänster till välfärdsområdet är arbetstagarnas åtkomsträttigheter inte nödvändigtvis desamma i båda fallen. När en tjänsteproducent verkar för en annan serviceanordnares räkning arbetar tjänsteproducentens arbetstagare i regel med uppgifter som hör till genomförandet av tjänsten.
 Mer information finns också i SHM:s tillämpningsanvisning för bestämmelserna om åtkomsträttigheter inom social- och hälsovården.</t>
   </si>
   <si>
     <t>Fastställande av åtkomsträttigheterna per arbetstagare i klientdatasystemet</t>
   </si>
   <si>
     <t>I enlighet med förordningen ska de åtkomsträttigheter som fastställs utifrån arbetsuppgifterna specificeras i det informationssystem som används. Dessutom kopplas arbetstagarna i klientdatasystemet till serviceenheter enligt SOTE-organisationsregistret.</t>
@@ -514,53 +494,50 @@
 </t>
   </si>
   <si>
     <t>THL:s kurser och material om strukturerad dokumentation på THL:s webbplats under Dokumentationsanvisningar för socialvården. THL:s grundkurs i dokumentering inom socialvården i eOppiva.</t>
   </si>
   <si>
     <t>Utbildning om informationssäkerhet och dataskydd</t>
   </si>
   <si>
     <t>Principer för behandling av personuppgifter och klienthandlingar, inklusive utbildning om principerna för användning av aktivkort som är försedda med certifikat.</t>
   </si>
   <si>
     <t>Utbildning om användning av klientdatasystem</t>
   </si>
   <si>
     <t>Utbildning om användning av det klientdatasystem som organisationen använder, utbildning i samband med förändringar och uppdateringar, lagring och sökning i Kanta-tjänsterna.</t>
   </si>
   <si>
     <t>Tillvägagångssätt vid utlämnande av uppgifter</t>
   </si>
   <si>
     <t>Kanta-webbskolan Utlämnande av uppgifter inom social- och hälsovården. Med helheten om hantering av utlämnande avses hantering av information om Kanta-tjänsterna och viljeyttringar (tillstånd för och förbud mot utlämnande) samt sökning av uppgifter i Kanta-tjänsterna som grundar sig på utlämnande av uppgifter. Mer information finns på kanta.fi under Utlämnande av uppgifter.</t>
   </si>
   <si>
     <t>Kanta-arkivariens uppgifter och Arkivariens användargränssnitt</t>
-  </si>
-[...1 lines deleted...]
-    <t>Organisationen ska fastställa vem som är organisationens Kanta-arkivarie inom socialvården. Anvisningar om Arkivariens användargränssnitt finns på kanta.fi under Arkivariens användargränssnitt. Om en privat tjänstetillhandahållare verkar endast i rollen som tjänsteproducent, det vill säga producerar all service för kunderna för en annan serviceanordnares räkning och inget eget klientregister lagras i Kanta-tjänsterna för tjänstetillhandahållaren, har arkivarien inga praktiska uppgifter i Arkivariens användargränssnitt. Organisationen ger åtkomsträtt till Arkivariens användargränssnitt med Suomi.fi-fullmakt. Kontaktinformationen om Kanta-arkivarien meddelas på Kanta Extranätet med ansökan om införande av Socialvårdens klientdatalager. Organisationen ger åtkomsträtt till Arkivariens användargränssnitt med Suomi.fi-fullmakt.</t>
   </si>
   <si>
     <t>3.5. Ansökan om att bli användare av tjänsten</t>
   </si>
   <si>
     <t>Organisationen gör, Kanta-tjänsterna stöder</t>
   </si>
   <si>
     <t>Användning av Kanta Extranätet</t>
   </si>
   <si>
     <t>Man loggar in på tjänsten Kanta Extranätet med MDB:s Suomi.fi-identifiering. Var och en i organisationen som använder Kanta Extranätet ska ha ett verktyg för stark autentisering i bruk, det vill säga personliga bankkoder, mobilcertifikat eller certifikatkort. Om en privat tjänstetillhandahållare använder Kanta-tjänsterna med modellen för parallell anslutning eller modellen för gemensam anslutning använder tjänstetillhandahållaren inte alls själv Kanta Extranätet. Anvisningar om Kanta Extranätet finns på kanta.fi under Kanta Extranätet.</t>
   </si>
   <si>
     <t>Ansökan om kundrelation till Kanta-tjänsterna: lämna uppgifter för införandet, godkänna förbindelsen om kundrelation till Kanta-tjänsterna och godkänna tjänstebeskrivningen</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -707,51 +684,77 @@
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="8" tint="-0.499984740745262"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> THL, FPA styr</t>
     </r>
   </si>
   <si>
     <t>Uppgiftstabell för privata tjänstetillhandahållare för införande av Socialvårdens klientdatalager</t>
   </si>
   <si>
     <t>Uppgiftstabellen, som sammanställts till stöd för privata tjänstetillhandahållares införande av Kanta-tjänster, följer faserna i processen för införande av Socialvårdens klientdatalager på webbplatsen kanta.fi. Notera att uppgifterna i tabellen är riktgivande och att organisationen också kan ha uppgifter som inte ingår i tabellen. De åtgärder som ska vidtas är beroende bland annat av vilken Kanta-beredskap organisationen och dess klientdatasystem har. Dessutom är uppgifterna beroende av med vilken anslutningsmodell organisationen inför Socialvårdens klientdatalager.</t>
   </si>
   <si>
     <t xml:space="preserve">Uppgifterna i tabellen står inte i den ordningsföljd de konkret ska utföras, utan tjänstetillhandahållaren kan utföra de uppgifter som behövs i den ordningsföljd som är lämplig för organisationen. Det går att redigera tabellen så att den passar de egna behoven när filen sparas på den egna datorn. </t>
   </si>
   <si>
     <t>Kommentarer och respons gällande tabellen över uppgifter vid införande av Socialvårdens klientdatalager: kanta(at)kanta.fi.</t>
   </si>
   <si>
-    <t>Uppdaterad den 18 juni 2025</t>
+    <t xml:space="preserve">Med anslutningsmodell avses en administrativ modell genom vilken en organisation ansluter sig som användare till Kanta-tjänsterna. Det finns flera anslutningsmodeller för privata tjänstetillhandahållare och organisationen kan välja den som passar bäst. Ska vi ansluta oss genom modellen för direktanslutning med det system vi själva använder? Är det möjligt att använda välfärdsområdets informationssystem (parallella anslutningsmodellen) eller att ansluta sig gemensamt tillsammans med andra privata tjänstetillhandahållare (modellen för gemensam anslutning)? Mer information finns på sidan Anslutningsmodeller på kanta.fi. </t>
+  </si>
+  <si>
+    <t>Med användningsavgifterna för de riksomfattande informationssystemtjänsterna täcks de driftskostnader som orsakas dels av att FPA producerar Kanta-tjänsterna, dels av att Myndigheten för digitalisering och befolkningsdata producerar certifikattjänster. Bestämmelser om uttagning av användningsavgift och om avgiftens storlek utfärdas genom social- och hälsovårdsministeriets förordning om användningsavgifter för riksomfattande informationssystemtjänster inom social- och hälsovården. Mer information finns på sidan Användningsavgifter på kanta.fi.</t>
+  </si>
+  <si>
+    <t>Bedömning av den egna organisationens läge i fråga om informationssystem Har organisationen redan ett klientdatasystem i bruk eller behöver ett sådant skaffas? Vilka är vår organisations behov när det gäller klientdatasystemet? Är det möjligt att med vårt klientdatasystem ansluta sig direkt till Kanta-tjänsterna eller behövs det ett system som förmedlar uppgifterna? Producerar vi tjänster för en annan tjänstetillhandahållare, till exempel ett välfärdsområde? Diskutera de här frågorna med systemleverantören? Det är också bra att diskutera med tjänstetillhandahållare som befinner sig i samma situation. Hur länge tar det att ta i bruk systemet eller att göra eventuella ändringar? Om du producerar tjänster för ett eller flera välfärdsområden, diskutera de olika alternativen för anslutning till Kanta-tjänsterna och de tjänster som ska produceras med serviceanordnaren. Om ni behöver skaffa ett nytt klientdatasystem finns det system som är kompatibla med Socialvårdens klientdatalager i Tillstånds- och tillsynsverkets register Astori.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serviceanordnarens klientuppgifter och klientuppgifter som uppkommer i en privat tjänstetillhandahållares egen tjänsteproduktion ska föras in i separata register.   Om en privat organisation agerar som tjänsteproducent för en annan serviceanordnare, det vill säga producerar till exempel köpta tjänster eller tjänster med servicesedel, ska alla handlingar som uppkommer i tjänsterna i fråga föras in i serviceanordnarens klientregister. Uppgifterna dokumenteras då med funktionen Åtkomsträtt till register i Socialvårdens klientdatalager. Klientuppgifter som hör till tjänsteanordnarens register ska lagras direkt i rätt personuppgiftsansvariges klientregister. Klientuppgifterna får inte ens tillfälligt lagras i tjänsteproducentens klientregister. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Registreringsuppgifterna om privata tjänstetillhandahållare förmedlas från registret Soteri till SOTE-organisationsregistret i den nationella kodtjänsten. I Kanta-tjänsterna visas uppgifterna om organisationen i enlighet med uppgifterna i SOTE-organisationsregistret. I SOTE-registret är verksamhetsenheten (Toimintayksikkö) den högsta nivån i organisationen och fungerar som Kanta-anslutare. Enligt uppgiften om Serviceenhet (Palveluyksikkö) i SOTE-registret fastställs till exempel åtkomsträtten till register. Observera att uppgifter om Serviceenhet (Palveluyksikkö) i SOTE-registret motsvarar det Serviceställe (palvelupiste) som meddelats i Soteri. Om något i organisationens registreringsuppgifter behöver korrigeras eller väcker frågor finns det anvisningar på Tillstånds-och tillsynsverkets webbplats, under Soteri-registreringar. </t>
+  </si>
+  <si>
+    <t>Gör anmälan till införande av användningen på kanta.fi under Så här inför du Socialvårdens klientdatalager.</t>
+  </si>
+  <si>
+    <t>Organisationen ska fastställa vem som är organisationens Kanta-arkivarie inom socialvården. Anvisningar om Arkivariens användargränssnitt finns på kanta.fi under Arkivariens användargränssnitt. Om en privat tjänstetillhandahållare verkar endast i rollen som tjänsteproducent, det vill säga producerar all service för kunderna för en annan serviceanordnares räkning och inget eget klientregister lagras i Kanta-tjänsterna för tjänstetillhandahållaren, har arkivarien inga praktiska uppgifter i Arkivariens användargränssnitt. Kontaktinformationen om Kanta-arkivarien meddelas på Kanta Extranätet med ansökan om införande av Socialvårdens klientdatalager. Organisationen ger åtkomsträtt till Arkivariens användargränssnitt med Suomi.fi-fullmakt.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Certifikatkort som används inom Kanta-tjänsterna är: Yrkeskort för social- och hälsovården, personalkort, aktörskort och reservkort. Yrkeskort för social- och hälsovården kan fås endast för användning av registrerade yrkesutbildade personer; övrig personal kan använda personalkort eller aktörskort. Anvisningar om anskaffning av certifikatkort finns på MDB:s webbplats: https://dvv.fi/sv/certifikat.  
+I regel ska certifikatkort användas i samband med behandling av uppgifter, men det finns situationer där en viss flexibilitet kan tillämpas i fråga om nödvändigheten att ha certifikatkort. 
+Användningen av certifikat i behandlingen av klientuppgifter inom socialvården beskrivs i kapitel 13.5 Aktivkort och certifikat i handboken om Kanta-tjänsterna för aktörer inom socialvården. </t>
+  </si>
+  <si>
+    <t>Uppdaterad den 24 februari 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -1525,163 +1528,163 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="13" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="18" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="13" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...82 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Huomautus" xfId="1" builtinId="10"/>
     <cellStyle name="Hyperlinkki" xfId="2" builtinId="8"/>
     <cellStyle name="Normaali" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId3" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId4" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId5" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId6" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId7" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId8" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId9" Target="../customXml/item4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
@@ -1963,1024 +1966,1081 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://www.kanta.fi/ammattilaiset/sosiaalihuollon-asiakastietovarannon-kayttoonotto" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E551A0B-C849-4298-845E-7848712CE34B}">
   <dimension ref="A1:B5"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" customWidth="true" width="124.5703125"/>
+    <col min="1" max="1" customWidth="true" width="124.54296875"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="68" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="B1" s="69"/>
     </row>
-    <row r="2" spans="1:2" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:2" ht="86.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="70" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="B2" s="71"/>
     </row>
-    <row r="3" spans="1:2" ht="51.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:2" ht="51.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="72" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B3" s="73"/>
     </row>
-    <row r="4" spans="1:2" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:2" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="74" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="B4" s="71"/>
     </row>
-    <row r="5" spans="1:2" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:2" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A5" s="75" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DD68F8D4-521C-49E2-88FE-CCE749AB569A}">
   <dimension ref="A1:H74"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="C52" sqref="C52"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane ySplit="4" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B1" sqref="B1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" customWidth="true" width="4.42578125"/>
-[...1 lines deleted...]
-    <col min="3" max="3" customWidth="true" width="148.7109375"/>
+    <col min="1" max="1" customWidth="true" width="4.453125"/>
+    <col min="2" max="2" customWidth="true" width="85.453125"/>
+    <col min="3" max="3" customWidth="true" width="148.7265625"/>
     <col min="4" max="4" customWidth="true" width="17.0"/>
-    <col min="5" max="5" customWidth="true" width="12.85546875"/>
-[...1 lines deleted...]
-    <col min="7" max="7" customWidth="true" width="17.28515625"/>
+    <col min="5" max="5" customWidth="true" width="12.81640625"/>
+    <col min="6" max="6" customWidth="true" width="15.54296875"/>
+    <col min="7" max="7" customWidth="true" width="17.26953125"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="B1" s="104" t="s">
+    <row r="1" spans="2:8" ht="31" x14ac:dyDescent="0.35">
+      <c r="B1" s="79" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="105"/>
+      <c r="C1" s="80"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
       <c r="F1" s="31"/>
       <c r="G1" s="31"/>
     </row>
-    <row r="2" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="32" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="33"/>
       <c r="D2" s="33"/>
       <c r="E2" s="33"/>
       <c r="F2" s="33"/>
       <c r="G2" s="33"/>
     </row>
-    <row r="3" spans="2:8" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:8" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B3" s="34" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="35"/>
-      <c r="D3" s="106" t="s">
+      <c r="D3" s="81" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="106"/>
-[...3 lines deleted...]
-    <row r="4" spans="2:8" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E3" s="81"/>
+      <c r="F3" s="81"/>
+      <c r="G3" s="82"/>
+    </row>
+    <row r="4" spans="2:8" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B4" s="36" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="37" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="38" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="39" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="39" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="40" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C5" s="108" t="s">
+      <c r="C5" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="D5" s="92"/>
-[...4 lines deleted...]
-    <row r="6" spans="2:8" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D5" s="84"/>
+      <c r="E5" s="84"/>
+      <c r="F5" s="84"/>
+      <c r="G5" s="85"/>
+    </row>
+    <row r="6" spans="2:8" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="42" t="s">
         <v>12</v>
       </c>
-      <c r="C6" s="110"/>
-[...6 lines deleted...]
-      <c r="B7" s="80" t="s">
+      <c r="C6" s="86"/>
+      <c r="D6" s="86"/>
+      <c r="E6" s="86"/>
+      <c r="F6" s="86"/>
+      <c r="G6" s="87"/>
+    </row>
+    <row r="7" spans="2:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="C7" s="81"/>
-[...5 lines deleted...]
-    <row r="8" spans="2:8" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C7" s="89"/>
+      <c r="D7" s="90"/>
+      <c r="E7" s="90"/>
+      <c r="F7" s="90"/>
+      <c r="G7" s="91"/>
+    </row>
+    <row r="8" spans="2:8" ht="68.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="43"/>
       <c r="E8" s="43"/>
       <c r="F8" s="43"/>
       <c r="G8" s="44"/>
     </row>
-    <row r="9" spans="2:8" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:8" ht="87.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="20" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="10" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="8"/>
     </row>
-    <row r="10" spans="2:8" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:8" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B10" s="19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C10" s="10" t="s">
-        <v>19</v>
+        <v>120</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="67"/>
     </row>
-    <row r="11" spans="2:8" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="91" t="s">
+    <row r="11" spans="2:8" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="92" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="84"/>
+      <c r="D11" s="84"/>
+      <c r="E11" s="84"/>
+      <c r="F11" s="84"/>
+      <c r="G11" s="84"/>
+    </row>
+    <row r="12" spans="2:8" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="76" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="77"/>
+      <c r="D12" s="77"/>
+      <c r="E12" s="77"/>
+      <c r="F12" s="77"/>
+      <c r="G12" s="78"/>
+    </row>
+    <row r="13" spans="2:8" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="92"/>
-[...6 lines deleted...]
-      <c r="B12" s="86" t="s">
+      <c r="C13" s="1" t="s">
         <v>21</v>
-      </c>
-[...11 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="8"/>
     </row>
-    <row r="14" spans="2:8" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="91" t="s">
+    <row r="14" spans="2:8" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="92" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="84"/>
+      <c r="D14" s="84"/>
+      <c r="E14" s="84"/>
+      <c r="F14" s="84"/>
+      <c r="G14" s="84"/>
+    </row>
+    <row r="15" spans="2:8" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="76" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="93"/>
+      <c r="D15" s="93"/>
+      <c r="E15" s="93"/>
+      <c r="F15" s="93"/>
+      <c r="G15" s="94"/>
+    </row>
+    <row r="16" spans="2:8" ht="117.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="C14" s="92"/>
-[...18 lines deleted...]
-      </c>
       <c r="C16" s="10" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="8"/>
     </row>
-    <row r="17" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="16" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C17" s="10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="8"/>
     </row>
-    <row r="18" spans="1:7" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B18" s="45" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D18" s="5"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="3"/>
     </row>
-    <row r="19" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="41" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-    <row r="20" spans="1:7" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>29</v>
+      </c>
+      <c r="C19" s="95" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" s="96"/>
+      <c r="E19" s="96"/>
+      <c r="F19" s="96"/>
+      <c r="G19" s="97"/>
+    </row>
+    <row r="20" spans="1:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B20" s="46" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C20" s="47"/>
       <c r="D20" s="48"/>
       <c r="E20" s="49"/>
       <c r="F20" s="49"/>
       <c r="G20" s="49"/>
     </row>
-    <row r="21" spans="1:7" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="22" spans="1:7" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="76" t="s">
+        <v>32</v>
+      </c>
+      <c r="C21" s="93"/>
+      <c r="D21" s="93"/>
+      <c r="E21" s="93"/>
+      <c r="F21" s="93"/>
+      <c r="G21" s="94"/>
+    </row>
+    <row r="22" spans="1:7" ht="118.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="20" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C22" s="10" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="D22" s="50"/>
       <c r="E22" s="50"/>
       <c r="F22" s="50"/>
       <c r="G22" s="51"/>
     </row>
-    <row r="23" spans="1:7" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" ht="65.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="66"/>
       <c r="B23" s="43" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C23" s="10" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D23" s="50"/>
       <c r="E23" s="50"/>
       <c r="F23" s="50"/>
       <c r="G23" s="51"/>
     </row>
-    <row r="24" spans="1:7" ht="114.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" ht="114.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B24" s="7" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C24" s="10" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D24" s="50"/>
       <c r="E24" s="50"/>
       <c r="F24" s="50"/>
       <c r="G24" s="51"/>
     </row>
-    <row r="25" spans="1:7" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B25" s="52" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C25" s="53"/>
       <c r="D25" s="54"/>
       <c r="E25" s="55"/>
       <c r="F25" s="55"/>
       <c r="G25" s="56"/>
     </row>
-    <row r="26" spans="1:7" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="27" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="76" t="s">
+        <v>39</v>
+      </c>
+      <c r="C26" s="93"/>
+      <c r="D26" s="93"/>
+      <c r="E26" s="93"/>
+      <c r="F26" s="93"/>
+      <c r="G26" s="94"/>
+    </row>
+    <row r="27" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="20" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C27" s="10" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="8"/>
     </row>
-    <row r="28" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:7" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B28" s="20" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C28" s="10" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="8"/>
     </row>
-    <row r="29" spans="1:7" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="31" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="98" t="s">
+        <v>44</v>
+      </c>
+      <c r="C29" s="99"/>
+      <c r="D29" s="99"/>
+      <c r="E29" s="99"/>
+      <c r="F29" s="99"/>
+      <c r="G29" s="99"/>
+    </row>
+    <row r="30" spans="1:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="100" t="s">
+        <v>45</v>
+      </c>
+      <c r="C30" s="101"/>
+      <c r="D30" s="101"/>
+      <c r="E30" s="101"/>
+      <c r="F30" s="101"/>
+      <c r="G30" s="102"/>
+    </row>
+    <row r="31" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B31" s="12" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C31" s="10" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D31" s="15"/>
       <c r="E31" s="14"/>
       <c r="F31" s="14"/>
       <c r="G31" s="13"/>
     </row>
-    <row r="32" spans="1:7" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" ht="117.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="12" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C32" s="18" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D32" s="15"/>
       <c r="E32" s="14"/>
       <c r="F32" s="14"/>
       <c r="G32" s="13"/>
     </row>
-    <row r="33" spans="2:7" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:7" ht="85" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="20" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C33" s="10" t="s">
-        <v>55</v>
+        <v>122</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="8"/>
     </row>
-    <row r="34" spans="2:7" ht="84" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:7" ht="84" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B34" s="24" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D34" s="4"/>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="3"/>
     </row>
-    <row r="35" spans="2:7" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="37" spans="2:7" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="98" t="s">
+        <v>53</v>
+      </c>
+      <c r="C35" s="99"/>
+      <c r="D35" s="99"/>
+      <c r="E35" s="99"/>
+      <c r="F35" s="99"/>
+      <c r="G35" s="99"/>
+    </row>
+    <row r="36" spans="2:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="76" t="s">
+        <v>54</v>
+      </c>
+      <c r="C36" s="103"/>
+      <c r="D36" s="103"/>
+      <c r="E36" s="103"/>
+      <c r="F36" s="103"/>
+      <c r="G36" s="104"/>
+    </row>
+    <row r="37" spans="2:7" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="30" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C37" s="10" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D37" s="29"/>
       <c r="E37" s="21"/>
       <c r="F37" s="21"/>
       <c r="G37" s="28"/>
     </row>
-    <row r="38" spans="2:7" ht="86.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:7" ht="98" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B38" s="24" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>63</v>
+        <v>123</v>
       </c>
       <c r="D38" s="27"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="26"/>
     </row>
-    <row r="39" spans="2:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-    <row r="42" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:7" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="C39" s="84"/>
+      <c r="D39" s="84"/>
+      <c r="E39" s="84"/>
+      <c r="F39" s="84"/>
+      <c r="G39" s="84"/>
+    </row>
+    <row r="40" spans="2:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="105" t="s">
+        <v>59</v>
+      </c>
+      <c r="C40" s="106"/>
+      <c r="D40" s="106"/>
+      <c r="E40" s="106"/>
+      <c r="F40" s="106"/>
+      <c r="G40" s="107"/>
+    </row>
+    <row r="41" spans="2:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="76" t="s">
+        <v>39</v>
+      </c>
+      <c r="C41" s="77"/>
+      <c r="D41" s="77"/>
+      <c r="E41" s="77"/>
+      <c r="F41" s="77"/>
+      <c r="G41" s="78"/>
+    </row>
+    <row r="42" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>67</v>
+        <v>124</v>
       </c>
       <c r="D42" s="11"/>
       <c r="E42" s="10"/>
       <c r="F42" s="10"/>
       <c r="G42" s="9"/>
     </row>
-    <row r="43" spans="2:7" ht="84.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:7" ht="84.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B43" s="12" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C43" s="10" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="D43" s="11"/>
       <c r="E43" s="10"/>
       <c r="F43" s="10"/>
       <c r="G43" s="26"/>
     </row>
-    <row r="44" spans="2:7" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="46" spans="2:7" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="98" t="s">
+        <v>63</v>
+      </c>
+      <c r="C44" s="99"/>
+      <c r="D44" s="99"/>
+      <c r="E44" s="99"/>
+      <c r="F44" s="99"/>
+      <c r="G44" s="113"/>
+    </row>
+    <row r="45" spans="2:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="76" t="s">
+        <v>113</v>
+      </c>
+      <c r="C45" s="77"/>
+      <c r="D45" s="77"/>
+      <c r="E45" s="77"/>
+      <c r="F45" s="77"/>
+      <c r="G45" s="78"/>
+    </row>
+    <row r="46" spans="2:7" ht="171.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="20" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C46" s="10" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="8"/>
     </row>
-    <row r="47" spans="2:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B47" s="20" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="C47" s="10" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="8"/>
     </row>
-    <row r="48" spans="2:7" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:7" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B48" s="20" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="C48" s="10" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="8"/>
     </row>
-    <row r="49" spans="2:7" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:7" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B49" s="19" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="D49" s="5"/>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="3"/>
     </row>
-    <row r="50" spans="2:7" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="52" spans="2:7" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B50" s="98" t="s">
+        <v>72</v>
+      </c>
+      <c r="C50" s="99"/>
+      <c r="D50" s="99"/>
+      <c r="E50" s="99"/>
+      <c r="F50" s="99"/>
+      <c r="G50" s="113"/>
+    </row>
+    <row r="51" spans="2:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="76" t="s">
+        <v>114</v>
+      </c>
+      <c r="C51" s="77"/>
+      <c r="D51" s="77"/>
+      <c r="E51" s="77"/>
+      <c r="F51" s="77"/>
+      <c r="G51" s="78"/>
+    </row>
+    <row r="52" spans="2:7" ht="101.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B52" s="12" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="C52" s="10" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="D52" s="11"/>
       <c r="E52" s="10"/>
       <c r="F52" s="10"/>
       <c r="G52" s="9"/>
     </row>
-    <row r="53" spans="2:7" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:7" ht="57" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B53" s="57" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="C53" s="10" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="8"/>
     </row>
-    <row r="54" spans="2:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:7" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B54" s="57" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="C54" s="10" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="8"/>
     </row>
-    <row r="55" spans="2:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:7" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B55" s="12" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C55" s="10" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="8"/>
     </row>
-    <row r="56" spans="2:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B56" s="12" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="C56" s="10" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="8"/>
     </row>
-    <row r="57" spans="2:7" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:7" ht="57" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B57" s="12" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="C57" s="10" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="D57" s="15"/>
       <c r="E57" s="14"/>
       <c r="F57" s="14"/>
       <c r="G57" s="13"/>
     </row>
-    <row r="58" spans="2:7" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:7" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B58" s="45" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>93</v>
+        <v>125</v>
       </c>
       <c r="D58" s="5"/>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="3"/>
     </row>
-    <row r="59" spans="2:7" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="61" spans="2:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B59" s="98" t="s">
+        <v>86</v>
+      </c>
+      <c r="C59" s="99"/>
+      <c r="D59" s="99"/>
+      <c r="E59" s="99"/>
+      <c r="F59" s="99"/>
+      <c r="G59" s="99"/>
+    </row>
+    <row r="60" spans="2:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="76" t="s">
+        <v>87</v>
+      </c>
+      <c r="C60" s="93"/>
+      <c r="D60" s="93"/>
+      <c r="E60" s="93"/>
+      <c r="F60" s="93"/>
+      <c r="G60" s="94"/>
+    </row>
+    <row r="61" spans="2:7" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B61" s="12" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="C61" s="10" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="D61" s="17"/>
       <c r="E61" s="10"/>
       <c r="F61" s="10"/>
       <c r="G61" s="8"/>
     </row>
-    <row r="62" spans="2:7" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="2:7" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B62" s="16" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="C62" s="10" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D62" s="1"/>
       <c r="E62" s="10"/>
       <c r="F62" s="10"/>
       <c r="G62" s="8"/>
     </row>
-    <row r="63" spans="2:7" ht="23.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="2:7" ht="23.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B63" s="58" t="s">
-        <v>100</v>
-[...9 lines deleted...]
-    <row r="64" spans="2:7" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+      <c r="C63" s="108" t="s">
+        <v>93</v>
+      </c>
+      <c r="D63" s="109"/>
+      <c r="E63" s="109"/>
+      <c r="F63" s="109"/>
+      <c r="G63" s="109"/>
+    </row>
+    <row r="64" spans="2:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B64" s="59" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C64" s="60"/>
       <c r="D64" s="61"/>
       <c r="E64" s="62"/>
       <c r="F64" s="62"/>
       <c r="G64" s="63"/>
     </row>
-    <row r="65" spans="2:7" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:7" ht="57.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B65" s="12" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="C65" s="10" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D65" s="22"/>
       <c r="E65" s="23"/>
       <c r="F65" s="22"/>
       <c r="G65" s="8"/>
     </row>
-    <row r="66" spans="2:7" ht="194.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="2:7" ht="194.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B66" s="12" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="C66" s="10" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D66" s="15"/>
       <c r="E66" s="14"/>
       <c r="F66" s="14"/>
       <c r="G66" s="13"/>
     </row>
-    <row r="67" spans="2:7" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:7" ht="62.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B67" s="16" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="D67" s="15"/>
       <c r="E67" s="14"/>
       <c r="F67" s="14"/>
       <c r="G67" s="13"/>
     </row>
-    <row r="68" spans="2:7" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="2:7" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B68" s="16" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="D68" s="15"/>
       <c r="E68" s="14"/>
       <c r="F68" s="14"/>
       <c r="G68" s="13"/>
     </row>
-    <row r="69" spans="2:7" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:7" ht="33" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B69" s="64" t="s">
-        <v>111</v>
-[...19 lines deleted...]
-    <row r="71" spans="2:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>103</v>
+      </c>
+      <c r="C69" s="110" t="s">
+        <v>104</v>
+      </c>
+      <c r="D69" s="109"/>
+      <c r="E69" s="109"/>
+      <c r="F69" s="109"/>
+      <c r="G69" s="111"/>
+    </row>
+    <row r="70" spans="2:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B70" s="88" t="s">
+        <v>39</v>
+      </c>
+      <c r="C70" s="89"/>
+      <c r="D70" s="89"/>
+      <c r="E70" s="89"/>
+      <c r="F70" s="89"/>
+      <c r="G70" s="112"/>
+    </row>
+    <row r="71" spans="2:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B71" s="12" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D71" s="11"/>
       <c r="E71" s="10"/>
       <c r="F71" s="10"/>
       <c r="G71" s="9"/>
     </row>
-    <row r="72" spans="2:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:7" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B72" s="16" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="C72" s="10" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D72" s="11"/>
       <c r="E72" s="10"/>
       <c r="F72" s="10"/>
       <c r="G72" s="9"/>
     </row>
-    <row r="73" spans="2:7" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:7" ht="54" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B73" s="16" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="D73" s="11"/>
       <c r="E73" s="10"/>
       <c r="F73" s="10"/>
       <c r="G73" s="9"/>
     </row>
-    <row r="74" spans="2:7" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="2:7" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B74" s="65" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="D74" s="5"/>
       <c r="E74" s="4"/>
       <c r="F74" s="4"/>
       <c r="G74" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B12:G12"/>
-[...4 lines deleted...]
-    <mergeCell ref="B11:G11"/>
+    <mergeCell ref="C63:G63"/>
+    <mergeCell ref="C69:G69"/>
+    <mergeCell ref="B70:G70"/>
+    <mergeCell ref="B44:G44"/>
+    <mergeCell ref="B45:G45"/>
+    <mergeCell ref="B50:G50"/>
+    <mergeCell ref="B51:G51"/>
+    <mergeCell ref="B59:G59"/>
+    <mergeCell ref="B60:G60"/>
     <mergeCell ref="B41:G41"/>
     <mergeCell ref="B14:G14"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="C19:G19"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B35:G35"/>
     <mergeCell ref="B36:G36"/>
     <mergeCell ref="B39:G39"/>
     <mergeCell ref="B40:G40"/>
-    <mergeCell ref="C63:G63"/>
-[...7 lines deleted...]
-    <mergeCell ref="B60:G60"/>
+    <mergeCell ref="B12:G12"/>
+    <mergeCell ref="B1:C1"/>
+    <mergeCell ref="D3:G3"/>
+    <mergeCell ref="C5:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B11:G11"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C19" r:id="rId1" display="https://www.kanta.fi/ammattilaiset/sosiaalihuollon-asiakastietovarannon-kayttoonotto" xr:uid="{A136D7BB-3A4F-45AA-B551-311EA9EAA59A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <l284e851add84855ab4a13e805c1c02b xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Ohjeet</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cc766064-cdfc-417d-983d-e621457e8599</TermId>
+        </TermInfo>
+      </Terms>
+    </l284e851add84855ab4a13e805c1c02b>
+    <je38d6a6b76c4a24843bec5179df8dbe xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </je38d6a6b76c4a24843bec5179df8dbe>
+    <KelaPaivamaara xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318" xsi:nil="true"/>
+    <KelaArkistoitu xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">false</KelaArkistoitu>
+    <hfc18b29aed44339bbdc39df31ab0fbf xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </hfc18b29aed44339bbdc39df31ab0fbf>
+    <KelaKuvaus xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318" xsi:nil="true"/>
+    <e53f7fded1c34b15bbf16fc4b4798b6a xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Ei</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">4da38706-6322-4438-8e0a-a80ce46c1d74</TermId>
+        </TermInfo>
+      </Terms>
+    </e53f7fded1c34b15bbf16fc4b4798b6a>
+    <j0be05872c2d4232bfb1a6c120cbdd2c xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </j0be05872c2d4232bfb1a6c120cbdd2c>
+    <Vanhentunut xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">false</Vanhentunut>
+    <f721df5e45f944579809e2a3903aa817 xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </f721df5e45f944579809e2a3903aa817>
+    <TaxKeywordTaxHTField xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <jd32bd60a3ed49c984e203f2c1797fd7 xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Kantan asiakasdokumentoinnin kehitys</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">a673bb7f-c8dd-4de4-a0b0-0ee8ee91e712</TermId>
+        </TermInfo>
+      </Terms>
+    </jd32bd60a3ed49c984e203f2c1797fd7>
+    <bcefd7c481cb48f4861306052502dba8 xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Kantan asiakasdokumentoinnin kehitys</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">25616da3-85cb-4aa4-9345-8471d83f9baa</TermId>
+        </TermInfo>
+      </Terms>
+    </bcefd7c481cb48f4861306052502dba8>
+    <j875f3fda00345e6808e9e260f685289 xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">SHA</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">fbeee643-e2fd-4d3c-bab6-769d1e48fa6d</TermId>
+        </TermInfo>
+      </Terms>
+    </j875f3fda00345e6808e9e260f685289>
+    <TaxCatchAll xmlns="28d5f0a3-ab75-4f37-b21c-c5486e890318">
+      <Value>26</Value>
+      <Value>25</Value>
+      <Value>158</Value>
+      <Value>29</Value>
+      <Value>128</Value>
+    </TaxCatchAll>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...5 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="28d5f0a3-ab75-4f37-b21c-c5486e890318" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cfc346afb6602ac39ba5682aff58675e" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Kanta lyhyt peruspohja" ma:contentTypeID="0x010100B5B0C7C8E89E4B24A1DD48391A5B64DF00104209A661E54CD587BC7C170A805A751100BE6D07894BC4A14A92DD825D9E4C9A44" ma:contentTypeVersion="52" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="192c32e8253fe0788d062f38874e85db">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="28d5f0a3-ab75-4f37-b21c-c5486e890318" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="68aa6f57fecdf7537245663968605d28" ns2:_="">
     <xsd:import namespace="28d5f0a3-ab75-4f37-b21c-c5486e890318"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:KelaKuvaus" minOccurs="0"/>
                 <xsd:element ref="ns2:f721df5e45f944579809e2a3903aa817" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns2:e53f7fded1c34b15bbf16fc4b4798b6a" minOccurs="0"/>
                 <xsd:element ref="ns2:hfc18b29aed44339bbdc39df31ab0fbf" minOccurs="0"/>
                 <xsd:element ref="ns2:je38d6a6b76c4a24843bec5179df8dbe" minOccurs="0"/>
                 <xsd:element ref="ns2:j0be05872c2d4232bfb1a6c120cbdd2c" minOccurs="0"/>
                 <xsd:element ref="ns2:bcefd7c481cb48f4861306052502dba8" minOccurs="0"/>
                 <xsd:element ref="ns2:jd32bd60a3ed49c984e203f2c1797fd7" minOccurs="0"/>
                 <xsd:element ref="ns2:l284e851add84855ab4a13e805c1c02b" minOccurs="0"/>
                 <xsd:element ref="ns2:j875f3fda00345e6808e9e260f685289" minOccurs="0"/>
                 <xsd:element ref="ns2:KelaPaivamaara" minOccurs="0"/>
                 <xsd:element ref="ns2:Vanhentunut" minOccurs="0"/>
                 <xsd:element ref="ns2:KelaArkistoitu" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3184,169 +3244,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="4c5c86b2-34ba-4440-84a3-2847672c608a" ContentTypeId="0x010100B5B0C7C8E89E4B24A1DD48391A5B64DF00104209A661E54CD587BC7C170A805A7511" PreviousValue="false"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...68 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD4F8F57-DC85-457F-8B06-C0C16ECF5099}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC3C1192-05E1-4874-888E-1910C5E95121}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="28d5f0a3-ab75-4f37-b21c-c5486e890318"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DB3B0D7-A23C-4E7A-9C84-0037504C8796}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{787D5FBD-0AEA-4DE4-82F3-7C85F164A432}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9803DA7-2C83-465D-80F2-4F1267EB886D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="28d5f0a3-ab75-4f37-b21c-c5486e890318"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DB3B0D7-A23C-4E7A-9C84-0037504C8796}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC3C1192-05E1-4874-888E-1910C5E95121}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD4F8F57-DC85-457F-8B06-C0C16ECF5099}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="28d5f0a3-ab75-4f37-b21c-c5486e890318"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Introduktion </vt:lpstr>
       <vt:lpstr>Uppgifter</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>